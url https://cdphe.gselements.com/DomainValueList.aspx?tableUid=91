--- v0 (2025-12-05)
+++ v1 (2026-02-13)
@@ -8,51 +8,51 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="flId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="flId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="flId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fileVersion appName="xl" rupBuild="4506" lastEdited="4" lowestEdited="4"/>
   <workbookPr autoCompressPictures="0" checkCompatibility="1" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="480" yWindow="135" windowWidth="19980" windowHeight="12660"/>
   </bookViews>
   <sheets>
     <sheet name="Watershed Management Unit" sheetId="1" r:id="flId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3187" uniqueCount="1076">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3199" uniqueCount="1084">
   <si>
     <t>UID</t>
   </si>
   <si>
     <t>Watershed Management Unit</t>
   </si>
   <si>
     <t>Last Change Date</t>
   </si>
   <si>
     <t>Organization ID</t>
   </si>
   <si>
     <t>COARCI01</t>
   </si>
   <si>
     <t>2/11/2021 3:20:48 PM</t>
   </si>
   <si>
     <t>21COL001_WQX</t>
   </si>
   <si>
     <t>COARCI02</t>
   </si>
   <si>
@@ -2554,50 +2554,62 @@
   <si>
     <t>COSPCP02b</t>
   </si>
   <si>
     <t>COSPCP03</t>
   </si>
   <si>
     <t>COSPCP06</t>
   </si>
   <si>
     <t>COSPCP07</t>
   </si>
   <si>
     <t>COSPCP08</t>
   </si>
   <si>
     <t>COSPCP10a</t>
   </si>
   <si>
     <t>COSPCP10b</t>
   </si>
   <si>
     <t>COSPCP11</t>
   </si>
   <si>
+    <t>COSPCP11a</t>
+  </si>
+  <si>
+    <t>2/9/2026 7:31:36 AM</t>
+  </si>
+  <si>
+    <t>COSPCP11b</t>
+  </si>
+  <si>
+    <t>2/9/2026 7:31:45 AM</t>
+  </si>
+  <si>
     <t>COSPCP12a</t>
   </si>
   <si>
     <t>COSPCP12b</t>
   </si>
   <si>
     <t>COSPCP13a</t>
   </si>
   <si>
     <t>COSPCP13b</t>
   </si>
   <si>
     <t>COSPCP13c</t>
   </si>
   <si>
     <t>COSPCP14</t>
   </si>
   <si>
     <t>COSPCP15</t>
   </si>
   <si>
     <t>COSPCP16</t>
   </si>
   <si>
     <t>COSPCP17</t>
@@ -3223,54 +3235,66 @@
   <si>
     <t>COUCYA13g</t>
   </si>
   <si>
     <t>COUCYA13h</t>
   </si>
   <si>
     <t>COUCYA13i</t>
   </si>
   <si>
     <t>COUCYA13j</t>
   </si>
   <si>
     <t>COUCYA14</t>
   </si>
   <si>
     <t>COUCYA15</t>
   </si>
   <si>
     <t>COUCYA18</t>
   </si>
   <si>
     <t>COUCYA19</t>
   </si>
   <si>
+    <t>COUCYA19a</t>
+  </si>
+  <si>
+    <t>2/3/2026 7:57:13 AM</t>
+  </si>
+  <si>
     <t>COUCYA20a</t>
   </si>
   <si>
     <t>COUCYA20b</t>
+  </si>
+  <si>
+    <t>COUCYA20c</t>
+  </si>
+  <si>
+    <t>2/3/2026 7:57:33 AM</t>
   </si>
   <si>
     <t>COUCYA21</t>
   </si>
   <si>
     <t>COUCYA22</t>
   </si>
   <si>
     <t>COUCYA23</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="14">
     <numFmt numFmtId="5" formatCode="#,##0\ &quot;€&quot;;\-#,##0\ &quot;€&quot;"/>
     <numFmt numFmtId="6" formatCode="#,##0\ &quot;€&quot;;[Red]\-#,##0\ &quot;€&quot;"/>
     <numFmt numFmtId="7" formatCode="#,##0.00\ &quot;€&quot;;\-#,##0.00\ &quot;€&quot;"/>
     <numFmt numFmtId="8" formatCode="#,##0.00\ &quot;€&quot;;[Red]\-#,##0.00\ &quot;€&quot;"/>
     <numFmt numFmtId="41" formatCode="_-* #,##0\ _€_-;\-* #,##0\ _€_-;_-* &quot;-&quot;\ _€_-;_-@_-"/>
     <numFmt numFmtId="42" formatCode="_-* #,##0\ &quot;€&quot;_-;\-* #,##0\ &quot;€&quot;_-;_-* &quot;-&quot;\ &quot;€&quot;_-;_-@_-"/>
     <numFmt numFmtId="43" formatCode="_-* #,##0.00\ _€_-;\-* #,##0.00\ _€_-;_-* &quot;-&quot;??\ _€_-;_-@_-"/>
     <numFmt numFmtId="44" formatCode="_-* #,##0.00\ &quot;€&quot;_-;\-* #,##0.00\ &quot;€&quot;_-;_-* &quot;-&quot;??\ &quot;€&quot;_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="mm-dd-yyyy"/>
@@ -3692,51 +3716,51 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:D1062"/>
+  <dimension ref="A1:D1066"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" topLeftCell="A1" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="7.21875" customWidth="1"/>
     <col min="2" max="2" width="27.89453125" customWidth="1"/>
     <col min="3" max="3" width="20.1640625" customWidth="1"/>
     <col min="4" max="4" width="16.06640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="12" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="12" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="12" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="12" t="s">
         <v>3</v>
@@ -15398,3223 +15422,3279 @@
         <v>846</v>
       </c>
       <c r="C834" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D834" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="835">
       <c r="A835" s="4">
         <v>100826</v>
       </c>
       <c r="B835" s="4" t="s">
         <v>847</v>
       </c>
       <c r="C835" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D835" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="836">
       <c r="A836" s="4">
-        <v>100827</v>
+        <v>101063</v>
       </c>
       <c r="B836" s="4" t="s">
         <v>848</v>
       </c>
       <c r="C836" s="4" t="s">
-        <v>5</v>
+        <v>849</v>
       </c>
       <c r="D836" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="837">
       <c r="A837" s="4">
-        <v>100828</v>
+        <v>101064</v>
       </c>
       <c r="B837" s="4" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="C837" s="4" t="s">
-        <v>5</v>
+        <v>851</v>
       </c>
       <c r="D837" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="838">
       <c r="A838" s="4">
-        <v>100829</v>
+        <v>100827</v>
       </c>
       <c r="B838" s="4" t="s">
-        <v>850</v>
+        <v>852</v>
       </c>
       <c r="C838" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D838" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="839">
       <c r="A839" s="4">
-        <v>100830</v>
+        <v>100828</v>
       </c>
       <c r="B839" s="4" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
       <c r="C839" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D839" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="840">
       <c r="A840" s="4">
-        <v>100831</v>
+        <v>100829</v>
       </c>
       <c r="B840" s="4" t="s">
-        <v>852</v>
+        <v>854</v>
       </c>
       <c r="C840" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D840" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="841">
       <c r="A841" s="4">
-        <v>100832</v>
+        <v>100830</v>
       </c>
       <c r="B841" s="4" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
       <c r="C841" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D841" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="842">
       <c r="A842" s="4">
-        <v>100833</v>
+        <v>100831</v>
       </c>
       <c r="B842" s="4" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="C842" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D842" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="843">
       <c r="A843" s="4">
-        <v>100834</v>
+        <v>100832</v>
       </c>
       <c r="B843" s="4" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="C843" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D843" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="844">
       <c r="A844" s="4">
-        <v>100835</v>
+        <v>100833</v>
       </c>
       <c r="B844" s="4" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="C844" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D844" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="845">
       <c r="A845" s="4">
-        <v>100836</v>
+        <v>100834</v>
       </c>
       <c r="B845" s="4" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="C845" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D845" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="846">
       <c r="A846" s="4">
-        <v>100837</v>
+        <v>100835</v>
       </c>
       <c r="B846" s="4" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="C846" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D846" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="847">
       <c r="A847" s="4">
-        <v>100838</v>
+        <v>100836</v>
       </c>
       <c r="B847" s="4" t="s">
-        <v>859</v>
+        <v>861</v>
       </c>
       <c r="C847" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D847" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="848">
       <c r="A848" s="4">
-        <v>100839</v>
+        <v>100837</v>
       </c>
       <c r="B848" s="4" t="s">
-        <v>860</v>
+        <v>862</v>
       </c>
       <c r="C848" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D848" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="849">
       <c r="A849" s="4">
-        <v>100840</v>
+        <v>100838</v>
       </c>
       <c r="B849" s="4" t="s">
-        <v>861</v>
+        <v>863</v>
       </c>
       <c r="C849" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D849" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="850">
       <c r="A850" s="4">
-        <v>100841</v>
+        <v>100839</v>
       </c>
       <c r="B850" s="4" t="s">
-        <v>862</v>
+        <v>864</v>
       </c>
       <c r="C850" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D850" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="851">
       <c r="A851" s="4">
-        <v>100842</v>
+        <v>100840</v>
       </c>
       <c r="B851" s="4" t="s">
-        <v>863</v>
+        <v>865</v>
       </c>
       <c r="C851" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D851" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="852">
       <c r="A852" s="4">
-        <v>100843</v>
+        <v>100841</v>
       </c>
       <c r="B852" s="4" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="C852" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D852" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="853">
       <c r="A853" s="4">
-        <v>100844</v>
+        <v>100842</v>
       </c>
       <c r="B853" s="4" t="s">
-        <v>865</v>
+        <v>867</v>
       </c>
       <c r="C853" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D853" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="854">
       <c r="A854" s="4">
-        <v>100845</v>
+        <v>100843</v>
       </c>
       <c r="B854" s="4" t="s">
-        <v>866</v>
+        <v>868</v>
       </c>
       <c r="C854" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D854" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="855">
       <c r="A855" s="4">
-        <v>100846</v>
+        <v>100844</v>
       </c>
       <c r="B855" s="4" t="s">
-        <v>867</v>
+        <v>869</v>
       </c>
       <c r="C855" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D855" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="856">
       <c r="A856" s="4">
-        <v>100847</v>
+        <v>100845</v>
       </c>
       <c r="B856" s="4" t="s">
-        <v>868</v>
+        <v>870</v>
       </c>
       <c r="C856" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D856" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="857">
       <c r="A857" s="4">
-        <v>100848</v>
+        <v>100846</v>
       </c>
       <c r="B857" s="4" t="s">
-        <v>869</v>
+        <v>871</v>
       </c>
       <c r="C857" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D857" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="858">
       <c r="A858" s="4">
-        <v>100849</v>
+        <v>100847</v>
       </c>
       <c r="B858" s="4" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="C858" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D858" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="859">
       <c r="A859" s="4">
-        <v>100850</v>
+        <v>100848</v>
       </c>
       <c r="B859" s="4" t="s">
-        <v>871</v>
+        <v>873</v>
       </c>
       <c r="C859" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D859" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="860">
       <c r="A860" s="4">
-        <v>100851</v>
+        <v>100849</v>
       </c>
       <c r="B860" s="4" t="s">
-        <v>872</v>
+        <v>874</v>
       </c>
       <c r="C860" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D860" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="861">
       <c r="A861" s="4">
-        <v>100852</v>
+        <v>100850</v>
       </c>
       <c r="B861" s="4" t="s">
-        <v>873</v>
+        <v>875</v>
       </c>
       <c r="C861" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D861" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="862">
       <c r="A862" s="4">
-        <v>100853</v>
+        <v>100851</v>
       </c>
       <c r="B862" s="4" t="s">
-        <v>874</v>
+        <v>876</v>
       </c>
       <c r="C862" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D862" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="863">
       <c r="A863" s="4">
-        <v>100854</v>
+        <v>100852</v>
       </c>
       <c r="B863" s="4" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="C863" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D863" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="864">
       <c r="A864" s="4">
-        <v>100855</v>
+        <v>100853</v>
       </c>
       <c r="B864" s="4" t="s">
-        <v>876</v>
+        <v>878</v>
       </c>
       <c r="C864" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D864" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="865">
       <c r="A865" s="4">
-        <v>100856</v>
+        <v>100854</v>
       </c>
       <c r="B865" s="4" t="s">
-        <v>877</v>
+        <v>879</v>
       </c>
       <c r="C865" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D865" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="866">
       <c r="A866" s="4">
-        <v>100857</v>
+        <v>100855</v>
       </c>
       <c r="B866" s="4" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="C866" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D866" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="867">
       <c r="A867" s="4">
-        <v>100858</v>
+        <v>100856</v>
       </c>
       <c r="B867" s="4" t="s">
-        <v>879</v>
+        <v>881</v>
       </c>
       <c r="C867" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D867" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="868">
       <c r="A868" s="4">
-        <v>100859</v>
+        <v>100857</v>
       </c>
       <c r="B868" s="4" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="C868" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D868" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="869">
       <c r="A869" s="4">
-        <v>100860</v>
+        <v>100858</v>
       </c>
       <c r="B869" s="4" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="C869" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D869" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="870">
       <c r="A870" s="4">
-        <v>100861</v>
+        <v>100859</v>
       </c>
       <c r="B870" s="4" t="s">
-        <v>882</v>
+        <v>884</v>
       </c>
       <c r="C870" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D870" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="871">
       <c r="A871" s="4">
-        <v>100862</v>
+        <v>100860</v>
       </c>
       <c r="B871" s="4" t="s">
-        <v>883</v>
+        <v>885</v>
       </c>
       <c r="C871" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D871" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="872">
       <c r="A872" s="4">
-        <v>100863</v>
+        <v>100861</v>
       </c>
       <c r="B872" s="4" t="s">
-        <v>884</v>
+        <v>886</v>
       </c>
       <c r="C872" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D872" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="873">
       <c r="A873" s="4">
-        <v>100864</v>
+        <v>100862</v>
       </c>
       <c r="B873" s="4" t="s">
-        <v>885</v>
+        <v>887</v>
       </c>
       <c r="C873" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D873" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="874">
       <c r="A874" s="4">
-        <v>100865</v>
+        <v>100863</v>
       </c>
       <c r="B874" s="4" t="s">
-        <v>886</v>
+        <v>888</v>
       </c>
       <c r="C874" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D874" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="875">
       <c r="A875" s="4">
-        <v>100866</v>
+        <v>100864</v>
       </c>
       <c r="B875" s="4" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
       <c r="C875" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D875" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="876">
       <c r="A876" s="4">
-        <v>100867</v>
+        <v>100865</v>
       </c>
       <c r="B876" s="4" t="s">
-        <v>888</v>
+        <v>890</v>
       </c>
       <c r="C876" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D876" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="877">
       <c r="A877" s="4">
-        <v>100868</v>
+        <v>100866</v>
       </c>
       <c r="B877" s="4" t="s">
-        <v>889</v>
+        <v>891</v>
       </c>
       <c r="C877" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D877" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="878">
       <c r="A878" s="4">
-        <v>100869</v>
+        <v>100867</v>
       </c>
       <c r="B878" s="4" t="s">
-        <v>890</v>
+        <v>892</v>
       </c>
       <c r="C878" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D878" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="879">
       <c r="A879" s="4">
-        <v>100870</v>
+        <v>100868</v>
       </c>
       <c r="B879" s="4" t="s">
-        <v>891</v>
+        <v>893</v>
       </c>
       <c r="C879" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D879" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="880">
       <c r="A880" s="4">
-        <v>100871</v>
+        <v>100869</v>
       </c>
       <c r="B880" s="4" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="C880" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D880" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="881">
       <c r="A881" s="4">
-        <v>100872</v>
+        <v>100870</v>
       </c>
       <c r="B881" s="4" t="s">
-        <v>893</v>
+        <v>895</v>
       </c>
       <c r="C881" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D881" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="882">
       <c r="A882" s="4">
-        <v>100873</v>
+        <v>100871</v>
       </c>
       <c r="B882" s="4" t="s">
-        <v>894</v>
+        <v>896</v>
       </c>
       <c r="C882" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D882" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="883">
       <c r="A883" s="4">
-        <v>100874</v>
+        <v>100872</v>
       </c>
       <c r="B883" s="4" t="s">
-        <v>895</v>
+        <v>897</v>
       </c>
       <c r="C883" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D883" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="884">
       <c r="A884" s="4">
-        <v>100875</v>
+        <v>100873</v>
       </c>
       <c r="B884" s="4" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
       <c r="C884" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D884" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="885">
       <c r="A885" s="4">
-        <v>100876</v>
+        <v>100874</v>
       </c>
       <c r="B885" s="4" t="s">
-        <v>897</v>
+        <v>899</v>
       </c>
       <c r="C885" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D885" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="886">
       <c r="A886" s="4">
-        <v>100877</v>
+        <v>100875</v>
       </c>
       <c r="B886" s="4" t="s">
-        <v>898</v>
+        <v>900</v>
       </c>
       <c r="C886" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D886" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="887">
       <c r="A887" s="4">
-        <v>100878</v>
+        <v>100876</v>
       </c>
       <c r="B887" s="4" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
       <c r="C887" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D887" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="888">
       <c r="A888" s="4">
-        <v>100879</v>
+        <v>100877</v>
       </c>
       <c r="B888" s="4" t="s">
-        <v>900</v>
+        <v>902</v>
       </c>
       <c r="C888" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D888" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="889">
       <c r="A889" s="4">
-        <v>100880</v>
+        <v>100878</v>
       </c>
       <c r="B889" s="4" t="s">
-        <v>901</v>
+        <v>903</v>
       </c>
       <c r="C889" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D889" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="890">
       <c r="A890" s="4">
-        <v>100881</v>
+        <v>100879</v>
       </c>
       <c r="B890" s="4" t="s">
-        <v>902</v>
+        <v>904</v>
       </c>
       <c r="C890" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D890" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="891">
       <c r="A891" s="4">
-        <v>100882</v>
+        <v>100880</v>
       </c>
       <c r="B891" s="4" t="s">
-        <v>903</v>
+        <v>905</v>
       </c>
       <c r="C891" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D891" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="892">
       <c r="A892" s="4">
-        <v>100883</v>
+        <v>100881</v>
       </c>
       <c r="B892" s="4" t="s">
-        <v>904</v>
+        <v>906</v>
       </c>
       <c r="C892" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D892" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="893">
       <c r="A893" s="4">
-        <v>100884</v>
+        <v>100882</v>
       </c>
       <c r="B893" s="4" t="s">
-        <v>905</v>
+        <v>907</v>
       </c>
       <c r="C893" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D893" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="894">
       <c r="A894" s="4">
-        <v>100885</v>
+        <v>100883</v>
       </c>
       <c r="B894" s="4" t="s">
-        <v>906</v>
+        <v>908</v>
       </c>
       <c r="C894" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D894" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="895">
       <c r="A895" s="4">
-        <v>100886</v>
+        <v>100884</v>
       </c>
       <c r="B895" s="4" t="s">
-        <v>907</v>
+        <v>909</v>
       </c>
       <c r="C895" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D895" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="896">
       <c r="A896" s="4">
-        <v>100887</v>
+        <v>100885</v>
       </c>
       <c r="B896" s="4" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
       <c r="C896" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D896" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="897">
       <c r="A897" s="4">
-        <v>100888</v>
+        <v>100886</v>
       </c>
       <c r="B897" s="4" t="s">
-        <v>909</v>
+        <v>911</v>
       </c>
       <c r="C897" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D897" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="898">
       <c r="A898" s="4">
-        <v>100889</v>
+        <v>100887</v>
       </c>
       <c r="B898" s="4" t="s">
-        <v>910</v>
+        <v>912</v>
       </c>
       <c r="C898" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D898" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="899">
       <c r="A899" s="4">
-        <v>100890</v>
+        <v>100888</v>
       </c>
       <c r="B899" s="4" t="s">
-        <v>911</v>
+        <v>913</v>
       </c>
       <c r="C899" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D899" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="900">
       <c r="A900" s="4">
-        <v>100891</v>
+        <v>100889</v>
       </c>
       <c r="B900" s="4" t="s">
-        <v>912</v>
+        <v>914</v>
       </c>
       <c r="C900" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D900" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="901">
       <c r="A901" s="4">
-        <v>100892</v>
+        <v>100890</v>
       </c>
       <c r="B901" s="4" t="s">
-        <v>913</v>
+        <v>915</v>
       </c>
       <c r="C901" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D901" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="902">
       <c r="A902" s="4">
-        <v>100893</v>
+        <v>100891</v>
       </c>
       <c r="B902" s="4" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
       <c r="C902" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D902" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="903">
       <c r="A903" s="4">
-        <v>100894</v>
+        <v>100892</v>
       </c>
       <c r="B903" s="4" t="s">
-        <v>915</v>
+        <v>917</v>
       </c>
       <c r="C903" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D903" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="904">
       <c r="A904" s="4">
-        <v>100895</v>
+        <v>100893</v>
       </c>
       <c r="B904" s="4" t="s">
-        <v>916</v>
+        <v>918</v>
       </c>
       <c r="C904" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D904" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="905">
       <c r="A905" s="4">
-        <v>100896</v>
+        <v>100894</v>
       </c>
       <c r="B905" s="4" t="s">
-        <v>917</v>
+        <v>919</v>
       </c>
       <c r="C905" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D905" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="906">
       <c r="A906" s="4">
-        <v>100897</v>
+        <v>100895</v>
       </c>
       <c r="B906" s="4" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
       <c r="C906" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D906" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="907">
       <c r="A907" s="4">
-        <v>100898</v>
+        <v>100896</v>
       </c>
       <c r="B907" s="4" t="s">
-        <v>919</v>
+        <v>921</v>
       </c>
       <c r="C907" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D907" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="908">
       <c r="A908" s="4">
-        <v>100899</v>
+        <v>100897</v>
       </c>
       <c r="B908" s="4" t="s">
-        <v>920</v>
+        <v>922</v>
       </c>
       <c r="C908" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D908" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="909">
       <c r="A909" s="4">
-        <v>100900</v>
+        <v>100898</v>
       </c>
       <c r="B909" s="4" t="s">
-        <v>921</v>
+        <v>923</v>
       </c>
       <c r="C909" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D909" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="910">
       <c r="A910" s="4">
-        <v>100901</v>
+        <v>100899</v>
       </c>
       <c r="B910" s="4" t="s">
-        <v>922</v>
+        <v>924</v>
       </c>
       <c r="C910" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D910" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="911">
       <c r="A911" s="4">
-        <v>100902</v>
+        <v>100900</v>
       </c>
       <c r="B911" s="4" t="s">
-        <v>923</v>
+        <v>925</v>
       </c>
       <c r="C911" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D911" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="912">
       <c r="A912" s="4">
-        <v>100903</v>
+        <v>100901</v>
       </c>
       <c r="B912" s="4" t="s">
-        <v>924</v>
+        <v>926</v>
       </c>
       <c r="C912" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D912" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="913">
       <c r="A913" s="4">
-        <v>100904</v>
+        <v>100902</v>
       </c>
       <c r="B913" s="4" t="s">
-        <v>925</v>
+        <v>927</v>
       </c>
       <c r="C913" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D913" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="914">
       <c r="A914" s="4">
-        <v>100905</v>
+        <v>100903</v>
       </c>
       <c r="B914" s="4" t="s">
-        <v>926</v>
+        <v>928</v>
       </c>
       <c r="C914" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D914" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="915">
       <c r="A915" s="4">
-        <v>100906</v>
+        <v>100904</v>
       </c>
       <c r="B915" s="4" t="s">
-        <v>927</v>
+        <v>929</v>
       </c>
       <c r="C915" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D915" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="916">
       <c r="A916" s="4">
-        <v>100907</v>
+        <v>100905</v>
       </c>
       <c r="B916" s="4" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="C916" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D916" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="917">
       <c r="A917" s="4">
-        <v>100908</v>
+        <v>100906</v>
       </c>
       <c r="B917" s="4" t="s">
-        <v>929</v>
+        <v>931</v>
       </c>
       <c r="C917" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D917" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="918">
       <c r="A918" s="4">
-        <v>100909</v>
+        <v>100907</v>
       </c>
       <c r="B918" s="4" t="s">
-        <v>930</v>
+        <v>932</v>
       </c>
       <c r="C918" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D918" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="919">
       <c r="A919" s="4">
-        <v>100910</v>
+        <v>100908</v>
       </c>
       <c r="B919" s="4" t="s">
-        <v>931</v>
+        <v>933</v>
       </c>
       <c r="C919" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D919" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="920">
       <c r="A920" s="4">
-        <v>100911</v>
+        <v>100909</v>
       </c>
       <c r="B920" s="4" t="s">
-        <v>932</v>
+        <v>934</v>
       </c>
       <c r="C920" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D920" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="921">
       <c r="A921" s="4">
-        <v>100912</v>
+        <v>100910</v>
       </c>
       <c r="B921" s="4" t="s">
-        <v>933</v>
+        <v>935</v>
       </c>
       <c r="C921" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D921" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="922">
       <c r="A922" s="4">
-        <v>100913</v>
+        <v>100911</v>
       </c>
       <c r="B922" s="4" t="s">
-        <v>934</v>
+        <v>936</v>
       </c>
       <c r="C922" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D922" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="923">
       <c r="A923" s="4">
-        <v>100914</v>
+        <v>100912</v>
       </c>
       <c r="B923" s="4" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="C923" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D923" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="924">
       <c r="A924" s="4">
-        <v>100915</v>
+        <v>100913</v>
       </c>
       <c r="B924" s="4" t="s">
-        <v>936</v>
+        <v>938</v>
       </c>
       <c r="C924" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D924" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="925">
       <c r="A925" s="4">
-        <v>100916</v>
+        <v>100914</v>
       </c>
       <c r="B925" s="4" t="s">
-        <v>937</v>
+        <v>939</v>
       </c>
       <c r="C925" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D925" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="926">
       <c r="A926" s="4">
-        <v>100917</v>
+        <v>100915</v>
       </c>
       <c r="B926" s="4" t="s">
-        <v>938</v>
+        <v>940</v>
       </c>
       <c r="C926" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D926" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="927">
       <c r="A927" s="4">
-        <v>100918</v>
+        <v>100916</v>
       </c>
       <c r="B927" s="4" t="s">
-        <v>939</v>
+        <v>941</v>
       </c>
       <c r="C927" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D927" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="928">
       <c r="A928" s="4">
-        <v>100919</v>
+        <v>100917</v>
       </c>
       <c r="B928" s="4" t="s">
-        <v>940</v>
+        <v>942</v>
       </c>
       <c r="C928" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D928" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="929">
       <c r="A929" s="4">
-        <v>100920</v>
+        <v>100918</v>
       </c>
       <c r="B929" s="4" t="s">
-        <v>941</v>
+        <v>943</v>
       </c>
       <c r="C929" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D929" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="930">
       <c r="A930" s="4">
-        <v>100921</v>
+        <v>100919</v>
       </c>
       <c r="B930" s="4" t="s">
-        <v>942</v>
+        <v>944</v>
       </c>
       <c r="C930" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D930" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="931">
       <c r="A931" s="4">
-        <v>100922</v>
+        <v>100920</v>
       </c>
       <c r="B931" s="4" t="s">
-        <v>943</v>
+        <v>945</v>
       </c>
       <c r="C931" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D931" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="932">
       <c r="A932" s="4">
-        <v>100923</v>
+        <v>100921</v>
       </c>
       <c r="B932" s="4" t="s">
-        <v>944</v>
+        <v>946</v>
       </c>
       <c r="C932" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D932" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="933">
       <c r="A933" s="4">
-        <v>100924</v>
+        <v>100922</v>
       </c>
       <c r="B933" s="4" t="s">
-        <v>945</v>
+        <v>947</v>
       </c>
       <c r="C933" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D933" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="934">
       <c r="A934" s="4">
-        <v>100925</v>
+        <v>100923</v>
       </c>
       <c r="B934" s="4" t="s">
-        <v>946</v>
+        <v>948</v>
       </c>
       <c r="C934" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D934" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="935">
       <c r="A935" s="4">
-        <v>100926</v>
+        <v>100924</v>
       </c>
       <c r="B935" s="4" t="s">
-        <v>947</v>
+        <v>949</v>
       </c>
       <c r="C935" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D935" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="936">
       <c r="A936" s="4">
-        <v>100927</v>
+        <v>100925</v>
       </c>
       <c r="B936" s="4" t="s">
-        <v>948</v>
+        <v>950</v>
       </c>
       <c r="C936" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D936" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="937">
       <c r="A937" s="4">
-        <v>100928</v>
+        <v>100926</v>
       </c>
       <c r="B937" s="4" t="s">
-        <v>949</v>
+        <v>951</v>
       </c>
       <c r="C937" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D937" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="938">
       <c r="A938" s="4">
-        <v>100929</v>
+        <v>100927</v>
       </c>
       <c r="B938" s="4" t="s">
-        <v>950</v>
+        <v>952</v>
       </c>
       <c r="C938" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D938" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="939">
       <c r="A939" s="4">
-        <v>100930</v>
+        <v>100928</v>
       </c>
       <c r="B939" s="4" t="s">
-        <v>951</v>
+        <v>953</v>
       </c>
       <c r="C939" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D939" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="940">
       <c r="A940" s="4">
-        <v>100931</v>
+        <v>100929</v>
       </c>
       <c r="B940" s="4" t="s">
-        <v>952</v>
+        <v>954</v>
       </c>
       <c r="C940" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D940" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="941">
       <c r="A941" s="4">
-        <v>100932</v>
+        <v>100930</v>
       </c>
       <c r="B941" s="4" t="s">
-        <v>953</v>
+        <v>955</v>
       </c>
       <c r="C941" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D941" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="942">
       <c r="A942" s="4">
-        <v>100933</v>
+        <v>100931</v>
       </c>
       <c r="B942" s="4" t="s">
-        <v>954</v>
+        <v>956</v>
       </c>
       <c r="C942" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D942" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="943">
       <c r="A943" s="4">
-        <v>100934</v>
+        <v>100932</v>
       </c>
       <c r="B943" s="4" t="s">
-        <v>955</v>
+        <v>957</v>
       </c>
       <c r="C943" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D943" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="944">
       <c r="A944" s="4">
-        <v>100935</v>
+        <v>100933</v>
       </c>
       <c r="B944" s="4" t="s">
-        <v>956</v>
+        <v>958</v>
       </c>
       <c r="C944" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D944" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="945">
       <c r="A945" s="4">
-        <v>100936</v>
+        <v>100934</v>
       </c>
       <c r="B945" s="4" t="s">
-        <v>957</v>
+        <v>959</v>
       </c>
       <c r="C945" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D945" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="946">
       <c r="A946" s="4">
-        <v>100937</v>
+        <v>100935</v>
       </c>
       <c r="B946" s="4" t="s">
-        <v>958</v>
+        <v>960</v>
       </c>
       <c r="C946" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D946" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="947">
       <c r="A947" s="4">
-        <v>100938</v>
+        <v>100936</v>
       </c>
       <c r="B947" s="4" t="s">
-        <v>959</v>
+        <v>961</v>
       </c>
       <c r="C947" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D947" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="948">
       <c r="A948" s="4">
-        <v>100939</v>
+        <v>100937</v>
       </c>
       <c r="B948" s="4" t="s">
-        <v>960</v>
+        <v>962</v>
       </c>
       <c r="C948" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D948" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="949">
       <c r="A949" s="4">
-        <v>100940</v>
+        <v>100938</v>
       </c>
       <c r="B949" s="4" t="s">
-        <v>961</v>
+        <v>963</v>
       </c>
       <c r="C949" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D949" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="950">
       <c r="A950" s="4">
-        <v>100941</v>
+        <v>100939</v>
       </c>
       <c r="B950" s="4" t="s">
-        <v>962</v>
+        <v>964</v>
       </c>
       <c r="C950" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D950" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="951">
       <c r="A951" s="4">
-        <v>100942</v>
+        <v>100940</v>
       </c>
       <c r="B951" s="4" t="s">
-        <v>963</v>
+        <v>965</v>
       </c>
       <c r="C951" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D951" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="952">
       <c r="A952" s="4">
-        <v>100943</v>
+        <v>100941</v>
       </c>
       <c r="B952" s="4" t="s">
-        <v>964</v>
+        <v>966</v>
       </c>
       <c r="C952" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D952" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="953">
       <c r="A953" s="4">
-        <v>100944</v>
+        <v>100942</v>
       </c>
       <c r="B953" s="4" t="s">
-        <v>965</v>
+        <v>967</v>
       </c>
       <c r="C953" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D953" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="954">
       <c r="A954" s="4">
-        <v>100945</v>
+        <v>100943</v>
       </c>
       <c r="B954" s="4" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="C954" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D954" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="955">
       <c r="A955" s="4">
-        <v>100946</v>
+        <v>100944</v>
       </c>
       <c r="B955" s="4" t="s">
-        <v>967</v>
+        <v>969</v>
       </c>
       <c r="C955" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D955" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="956">
       <c r="A956" s="4">
-        <v>100947</v>
+        <v>100945</v>
       </c>
       <c r="B956" s="4" t="s">
-        <v>968</v>
+        <v>970</v>
       </c>
       <c r="C956" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D956" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="957">
       <c r="A957" s="4">
-        <v>100948</v>
+        <v>100946</v>
       </c>
       <c r="B957" s="4" t="s">
-        <v>969</v>
+        <v>971</v>
       </c>
       <c r="C957" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D957" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="958">
       <c r="A958" s="4">
-        <v>100949</v>
+        <v>100947</v>
       </c>
       <c r="B958" s="4" t="s">
-        <v>970</v>
+        <v>972</v>
       </c>
       <c r="C958" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D958" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="959">
       <c r="A959" s="4">
-        <v>100950</v>
+        <v>100948</v>
       </c>
       <c r="B959" s="4" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="C959" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D959" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="960">
       <c r="A960" s="4">
-        <v>100951</v>
+        <v>100949</v>
       </c>
       <c r="B960" s="4" t="s">
-        <v>972</v>
+        <v>974</v>
       </c>
       <c r="C960" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D960" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="961">
       <c r="A961" s="4">
-        <v>100952</v>
+        <v>100950</v>
       </c>
       <c r="B961" s="4" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="C961" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D961" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="962">
       <c r="A962" s="4">
-        <v>100953</v>
+        <v>100951</v>
       </c>
       <c r="B962" s="4" t="s">
-        <v>974</v>
+        <v>976</v>
       </c>
       <c r="C962" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D962" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="963">
       <c r="A963" s="4">
-        <v>100954</v>
+        <v>100952</v>
       </c>
       <c r="B963" s="4" t="s">
-        <v>975</v>
+        <v>977</v>
       </c>
       <c r="C963" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D963" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="964">
       <c r="A964" s="4">
-        <v>100955</v>
+        <v>100953</v>
       </c>
       <c r="B964" s="4" t="s">
-        <v>976</v>
+        <v>978</v>
       </c>
       <c r="C964" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D964" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="965">
       <c r="A965" s="4">
-        <v>100956</v>
+        <v>100954</v>
       </c>
       <c r="B965" s="4" t="s">
-        <v>977</v>
+        <v>979</v>
       </c>
       <c r="C965" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D965" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="966">
       <c r="A966" s="4">
-        <v>100957</v>
+        <v>100955</v>
       </c>
       <c r="B966" s="4" t="s">
-        <v>978</v>
+        <v>980</v>
       </c>
       <c r="C966" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D966" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="967">
       <c r="A967" s="4">
-        <v>100958</v>
+        <v>100956</v>
       </c>
       <c r="B967" s="4" t="s">
-        <v>979</v>
+        <v>981</v>
       </c>
       <c r="C967" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D967" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="968">
       <c r="A968" s="4">
-        <v>100959</v>
+        <v>100957</v>
       </c>
       <c r="B968" s="4" t="s">
-        <v>980</v>
+        <v>982</v>
       </c>
       <c r="C968" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D968" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="969">
       <c r="A969" s="4">
-        <v>100960</v>
+        <v>100958</v>
       </c>
       <c r="B969" s="4" t="s">
-        <v>981</v>
+        <v>983</v>
       </c>
       <c r="C969" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D969" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="970">
       <c r="A970" s="4">
-        <v>100961</v>
+        <v>100959</v>
       </c>
       <c r="B970" s="4" t="s">
-        <v>982</v>
+        <v>984</v>
       </c>
       <c r="C970" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D970" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="971">
       <c r="A971" s="4">
-        <v>100962</v>
+        <v>100960</v>
       </c>
       <c r="B971" s="4" t="s">
-        <v>983</v>
+        <v>985</v>
       </c>
       <c r="C971" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D971" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="972">
       <c r="A972" s="4">
-        <v>100963</v>
+        <v>100961</v>
       </c>
       <c r="B972" s="4" t="s">
-        <v>984</v>
+        <v>986</v>
       </c>
       <c r="C972" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D972" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="973">
       <c r="A973" s="4">
-        <v>100964</v>
+        <v>100962</v>
       </c>
       <c r="B973" s="4" t="s">
-        <v>985</v>
+        <v>987</v>
       </c>
       <c r="C973" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D973" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="974">
       <c r="A974" s="4">
-        <v>100965</v>
+        <v>100963</v>
       </c>
       <c r="B974" s="4" t="s">
-        <v>986</v>
+        <v>988</v>
       </c>
       <c r="C974" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D974" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="975">
       <c r="A975" s="4">
-        <v>100966</v>
+        <v>100964</v>
       </c>
       <c r="B975" s="4" t="s">
-        <v>987</v>
+        <v>989</v>
       </c>
       <c r="C975" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D975" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="976">
       <c r="A976" s="4">
-        <v>100967</v>
+        <v>100965</v>
       </c>
       <c r="B976" s="4" t="s">
-        <v>988</v>
+        <v>990</v>
       </c>
       <c r="C976" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D976" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="977">
       <c r="A977" s="4">
-        <v>100968</v>
+        <v>100966</v>
       </c>
       <c r="B977" s="4" t="s">
-        <v>989</v>
+        <v>991</v>
       </c>
       <c r="C977" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D977" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="978">
       <c r="A978" s="4">
-        <v>100969</v>
+        <v>100967</v>
       </c>
       <c r="B978" s="4" t="s">
-        <v>990</v>
+        <v>992</v>
       </c>
       <c r="C978" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D978" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="979">
       <c r="A979" s="4">
-        <v>100970</v>
+        <v>100968</v>
       </c>
       <c r="B979" s="4" t="s">
-        <v>991</v>
+        <v>993</v>
       </c>
       <c r="C979" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D979" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="980">
       <c r="A980" s="4">
-        <v>100971</v>
+        <v>100969</v>
       </c>
       <c r="B980" s="4" t="s">
-        <v>992</v>
+        <v>994</v>
       </c>
       <c r="C980" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D980" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="981">
       <c r="A981" s="4">
-        <v>100972</v>
+        <v>100970</v>
       </c>
       <c r="B981" s="4" t="s">
-        <v>993</v>
+        <v>995</v>
       </c>
       <c r="C981" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D981" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="982">
       <c r="A982" s="4">
-        <v>100973</v>
+        <v>100971</v>
       </c>
       <c r="B982" s="4" t="s">
-        <v>994</v>
+        <v>996</v>
       </c>
       <c r="C982" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D982" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="983">
       <c r="A983" s="4">
-        <v>100974</v>
+        <v>100972</v>
       </c>
       <c r="B983" s="4" t="s">
-        <v>995</v>
+        <v>997</v>
       </c>
       <c r="C983" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D983" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="984">
       <c r="A984" s="4">
-        <v>100975</v>
+        <v>100973</v>
       </c>
       <c r="B984" s="4" t="s">
-        <v>996</v>
+        <v>998</v>
       </c>
       <c r="C984" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D984" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="985">
       <c r="A985" s="4">
-        <v>100976</v>
+        <v>100974</v>
       </c>
       <c r="B985" s="4" t="s">
-        <v>997</v>
+        <v>999</v>
       </c>
       <c r="C985" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D985" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="986">
       <c r="A986" s="4">
-        <v>100977</v>
+        <v>100975</v>
       </c>
       <c r="B986" s="4" t="s">
-        <v>998</v>
+        <v>1000</v>
       </c>
       <c r="C986" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D986" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="987">
       <c r="A987" s="4">
-        <v>100978</v>
+        <v>100976</v>
       </c>
       <c r="B987" s="4" t="s">
-        <v>999</v>
+        <v>1001</v>
       </c>
       <c r="C987" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D987" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="988">
       <c r="A988" s="4">
-        <v>100979</v>
+        <v>100977</v>
       </c>
       <c r="B988" s="4" t="s">
-        <v>1000</v>
+        <v>1002</v>
       </c>
       <c r="C988" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D988" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="989">
       <c r="A989" s="4">
-        <v>100980</v>
+        <v>100978</v>
       </c>
       <c r="B989" s="4" t="s">
-        <v>1001</v>
+        <v>1003</v>
       </c>
       <c r="C989" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D989" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="990">
       <c r="A990" s="4">
-        <v>100981</v>
+        <v>100979</v>
       </c>
       <c r="B990" s="4" t="s">
-        <v>1002</v>
+        <v>1004</v>
       </c>
       <c r="C990" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D990" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="991">
       <c r="A991" s="4">
-        <v>100982</v>
+        <v>100980</v>
       </c>
       <c r="B991" s="4" t="s">
-        <v>1003</v>
+        <v>1005</v>
       </c>
       <c r="C991" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D991" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="992">
       <c r="A992" s="4">
-        <v>100983</v>
+        <v>100981</v>
       </c>
       <c r="B992" s="4" t="s">
-        <v>1004</v>
+        <v>1006</v>
       </c>
       <c r="C992" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D992" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="993">
       <c r="A993" s="4">
-        <v>100984</v>
+        <v>100982</v>
       </c>
       <c r="B993" s="4" t="s">
-        <v>1005</v>
+        <v>1007</v>
       </c>
       <c r="C993" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D993" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="994">
       <c r="A994" s="4">
-        <v>100985</v>
+        <v>100983</v>
       </c>
       <c r="B994" s="4" t="s">
-        <v>1006</v>
+        <v>1008</v>
       </c>
       <c r="C994" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D994" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="995">
       <c r="A995" s="4">
-        <v>100986</v>
+        <v>100984</v>
       </c>
       <c r="B995" s="4" t="s">
-        <v>1007</v>
+        <v>1009</v>
       </c>
       <c r="C995" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D995" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="996">
       <c r="A996" s="4">
-        <v>100987</v>
+        <v>100985</v>
       </c>
       <c r="B996" s="4" t="s">
-        <v>1008</v>
+        <v>1010</v>
       </c>
       <c r="C996" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D996" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="997">
       <c r="A997" s="4">
-        <v>100988</v>
+        <v>100986</v>
       </c>
       <c r="B997" s="4" t="s">
-        <v>1009</v>
+        <v>1011</v>
       </c>
       <c r="C997" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D997" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="998">
       <c r="A998" s="4">
-        <v>100989</v>
+        <v>100987</v>
       </c>
       <c r="B998" s="4" t="s">
-        <v>1010</v>
+        <v>1012</v>
       </c>
       <c r="C998" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D998" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="999">
       <c r="A999" s="4">
-        <v>100990</v>
+        <v>100988</v>
       </c>
       <c r="B999" s="4" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="C999" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D999" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1000">
       <c r="A1000" s="4">
-        <v>100991</v>
+        <v>100989</v>
       </c>
       <c r="B1000" s="4" t="s">
-        <v>1012</v>
+        <v>1014</v>
       </c>
       <c r="C1000" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D1000" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1001">
       <c r="A1001" s="4">
-        <v>100992</v>
+        <v>100990</v>
       </c>
       <c r="B1001" s="4" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="C1001" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D1001" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1002">
       <c r="A1002" s="4">
-        <v>100993</v>
+        <v>100991</v>
       </c>
       <c r="B1002" s="4" t="s">
-        <v>1014</v>
+        <v>1016</v>
       </c>
       <c r="C1002" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D1002" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1003">
       <c r="A1003" s="4">
-        <v>100994</v>
+        <v>100992</v>
       </c>
       <c r="B1003" s="4" t="s">
-        <v>1015</v>
+        <v>1017</v>
       </c>
       <c r="C1003" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D1003" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1004">
       <c r="A1004" s="4">
-        <v>100995</v>
+        <v>100993</v>
       </c>
       <c r="B1004" s="4" t="s">
-        <v>1016</v>
+        <v>1018</v>
       </c>
       <c r="C1004" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D1004" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1005">
       <c r="A1005" s="4">
-        <v>100996</v>
+        <v>100994</v>
       </c>
       <c r="B1005" s="4" t="s">
-        <v>1017</v>
+        <v>1019</v>
       </c>
       <c r="C1005" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D1005" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1006">
       <c r="A1006" s="4">
-        <v>100997</v>
+        <v>100995</v>
       </c>
       <c r="B1006" s="4" t="s">
-        <v>1018</v>
+        <v>1020</v>
       </c>
       <c r="C1006" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D1006" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1007">
       <c r="A1007" s="4">
-        <v>100998</v>
+        <v>100996</v>
       </c>
       <c r="B1007" s="4" t="s">
-        <v>1019</v>
+        <v>1021</v>
       </c>
       <c r="C1007" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D1007" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1008">
       <c r="A1008" s="4">
-        <v>100999</v>
+        <v>100997</v>
       </c>
       <c r="B1008" s="4" t="s">
-        <v>1020</v>
+        <v>1022</v>
       </c>
       <c r="C1008" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D1008" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1009">
       <c r="A1009" s="4">
-        <v>101000</v>
+        <v>100998</v>
       </c>
       <c r="B1009" s="4" t="s">
-        <v>1021</v>
+        <v>1023</v>
       </c>
       <c r="C1009" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D1009" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1010">
       <c r="A1010" s="4">
-        <v>101001</v>
+        <v>100999</v>
       </c>
       <c r="B1010" s="4" t="s">
-        <v>1022</v>
+        <v>1024</v>
       </c>
       <c r="C1010" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D1010" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1011">
       <c r="A1011" s="4">
-        <v>101002</v>
+        <v>101000</v>
       </c>
       <c r="B1011" s="4" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="C1011" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D1011" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1012">
       <c r="A1012" s="4">
-        <v>101003</v>
+        <v>101001</v>
       </c>
       <c r="B1012" s="4" t="s">
-        <v>1024</v>
+        <v>1026</v>
       </c>
       <c r="C1012" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D1012" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1013">
       <c r="A1013" s="4">
-        <v>101004</v>
+        <v>101002</v>
       </c>
       <c r="B1013" s="4" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
       <c r="C1013" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D1013" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1014">
       <c r="A1014" s="4">
-        <v>101005</v>
+        <v>101003</v>
       </c>
       <c r="B1014" s="4" t="s">
-        <v>1026</v>
+        <v>1028</v>
       </c>
       <c r="C1014" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D1014" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1015">
       <c r="A1015" s="4">
-        <v>101006</v>
+        <v>101004</v>
       </c>
       <c r="B1015" s="4" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
       <c r="C1015" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D1015" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1016">
       <c r="A1016" s="4">
-        <v>101007</v>
+        <v>101005</v>
       </c>
       <c r="B1016" s="4" t="s">
-        <v>1028</v>
+        <v>1030</v>
       </c>
       <c r="C1016" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D1016" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1017">
       <c r="A1017" s="4">
-        <v>101008</v>
+        <v>101006</v>
       </c>
       <c r="B1017" s="4" t="s">
-        <v>1029</v>
+        <v>1031</v>
       </c>
       <c r="C1017" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D1017" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1018">
       <c r="A1018" s="4">
-        <v>101009</v>
+        <v>101007</v>
       </c>
       <c r="B1018" s="4" t="s">
-        <v>1030</v>
+        <v>1032</v>
       </c>
       <c r="C1018" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D1018" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1019">
       <c r="A1019" s="4">
-        <v>101010</v>
+        <v>101008</v>
       </c>
       <c r="B1019" s="4" t="s">
-        <v>1031</v>
+        <v>1033</v>
       </c>
       <c r="C1019" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D1019" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1020">
       <c r="A1020" s="4">
-        <v>101011</v>
+        <v>101009</v>
       </c>
       <c r="B1020" s="4" t="s">
-        <v>1032</v>
+        <v>1034</v>
       </c>
       <c r="C1020" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D1020" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1021">
       <c r="A1021" s="4">
-        <v>100000</v>
+        <v>101010</v>
       </c>
       <c r="B1021" s="4" t="s">
-        <v>1032</v>
+        <v>1035</v>
       </c>
       <c r="C1021" s="4" t="s">
-        <v>1033</v>
+        <v>5</v>
       </c>
       <c r="D1021" s="4" t="s">
-        <v>1034</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1022">
       <c r="A1022" s="4">
-        <v>101012</v>
+        <v>101011</v>
       </c>
       <c r="B1022" s="4" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
       <c r="C1022" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D1022" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1023">
       <c r="A1023" s="4">
-        <v>101013</v>
+        <v>100000</v>
       </c>
       <c r="B1023" s="4" t="s">
         <v>1036</v>
       </c>
       <c r="C1023" s="4" t="s">
-        <v>5</v>
+        <v>1037</v>
       </c>
       <c r="D1023" s="4" t="s">
-        <v>6</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="1024">
       <c r="A1024" s="4">
-        <v>101014</v>
+        <v>101012</v>
       </c>
       <c r="B1024" s="4" t="s">
-        <v>1037</v>
+        <v>1039</v>
       </c>
       <c r="C1024" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D1024" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1025">
       <c r="A1025" s="4">
-        <v>101015</v>
+        <v>101013</v>
       </c>
       <c r="B1025" s="4" t="s">
-        <v>1038</v>
+        <v>1040</v>
       </c>
       <c r="C1025" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D1025" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1026">
       <c r="A1026" s="4">
-        <v>101016</v>
+        <v>101014</v>
       </c>
       <c r="B1026" s="4" t="s">
-        <v>1039</v>
+        <v>1041</v>
       </c>
       <c r="C1026" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D1026" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1027">
       <c r="A1027" s="4">
-        <v>101017</v>
+        <v>101015</v>
       </c>
       <c r="B1027" s="4" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="C1027" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D1027" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1028">
       <c r="A1028" s="4">
-        <v>101018</v>
+        <v>101016</v>
       </c>
       <c r="B1028" s="4" t="s">
-        <v>1041</v>
+        <v>1043</v>
       </c>
       <c r="C1028" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D1028" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1029">
       <c r="A1029" s="4">
-        <v>101019</v>
+        <v>101017</v>
       </c>
       <c r="B1029" s="4" t="s">
-        <v>1042</v>
+        <v>1044</v>
       </c>
       <c r="C1029" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D1029" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1030">
       <c r="A1030" s="4">
-        <v>101020</v>
+        <v>101018</v>
       </c>
       <c r="B1030" s="4" t="s">
-        <v>1043</v>
+        <v>1045</v>
       </c>
       <c r="C1030" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D1030" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1031">
       <c r="A1031" s="4">
-        <v>101021</v>
+        <v>101019</v>
       </c>
       <c r="B1031" s="4" t="s">
-        <v>1044</v>
+        <v>1046</v>
       </c>
       <c r="C1031" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D1031" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1032">
       <c r="A1032" s="4">
-        <v>101022</v>
+        <v>101020</v>
       </c>
       <c r="B1032" s="4" t="s">
-        <v>1045</v>
+        <v>1047</v>
       </c>
       <c r="C1032" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D1032" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1033">
       <c r="A1033" s="4">
-        <v>101023</v>
+        <v>101021</v>
       </c>
       <c r="B1033" s="4" t="s">
-        <v>1046</v>
+        <v>1048</v>
       </c>
       <c r="C1033" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D1033" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1034">
       <c r="A1034" s="4">
-        <v>101024</v>
+        <v>101022</v>
       </c>
       <c r="B1034" s="4" t="s">
-        <v>1047</v>
+        <v>1049</v>
       </c>
       <c r="C1034" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D1034" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1035">
       <c r="A1035" s="4">
-        <v>101025</v>
+        <v>101023</v>
       </c>
       <c r="B1035" s="4" t="s">
-        <v>1048</v>
+        <v>1050</v>
       </c>
       <c r="C1035" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D1035" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1036">
       <c r="A1036" s="4">
-        <v>101026</v>
+        <v>101024</v>
       </c>
       <c r="B1036" s="4" t="s">
-        <v>1049</v>
+        <v>1051</v>
       </c>
       <c r="C1036" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D1036" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1037">
       <c r="A1037" s="4">
-        <v>101027</v>
+        <v>101025</v>
       </c>
       <c r="B1037" s="4" t="s">
-        <v>1050</v>
+        <v>1052</v>
       </c>
       <c r="C1037" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D1037" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1038">
       <c r="A1038" s="4">
-        <v>101028</v>
+        <v>101026</v>
       </c>
       <c r="B1038" s="4" t="s">
-        <v>1051</v>
+        <v>1053</v>
       </c>
       <c r="C1038" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D1038" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1039">
       <c r="A1039" s="4">
-        <v>101029</v>
+        <v>101027</v>
       </c>
       <c r="B1039" s="4" t="s">
-        <v>1052</v>
+        <v>1054</v>
       </c>
       <c r="C1039" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D1039" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1040">
       <c r="A1040" s="4">
-        <v>101030</v>
+        <v>101028</v>
       </c>
       <c r="B1040" s="4" t="s">
-        <v>1053</v>
+        <v>1055</v>
       </c>
       <c r="C1040" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D1040" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1041">
       <c r="A1041" s="4">
-        <v>101031</v>
+        <v>101029</v>
       </c>
       <c r="B1041" s="4" t="s">
-        <v>1054</v>
+        <v>1056</v>
       </c>
       <c r="C1041" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D1041" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1042">
       <c r="A1042" s="4">
-        <v>101032</v>
+        <v>101030</v>
       </c>
       <c r="B1042" s="4" t="s">
-        <v>1055</v>
+        <v>1057</v>
       </c>
       <c r="C1042" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D1042" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1043">
       <c r="A1043" s="4">
-        <v>101033</v>
+        <v>101031</v>
       </c>
       <c r="B1043" s="4" t="s">
-        <v>1056</v>
+        <v>1058</v>
       </c>
       <c r="C1043" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D1043" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1044">
       <c r="A1044" s="4">
-        <v>101034</v>
+        <v>101032</v>
       </c>
       <c r="B1044" s="4" t="s">
-        <v>1057</v>
+        <v>1059</v>
       </c>
       <c r="C1044" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D1044" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1045">
       <c r="A1045" s="4">
-        <v>101035</v>
+        <v>101033</v>
       </c>
       <c r="B1045" s="4" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="C1045" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D1045" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1046">
       <c r="A1046" s="4">
-        <v>101036</v>
+        <v>101034</v>
       </c>
       <c r="B1046" s="4" t="s">
-        <v>1059</v>
+        <v>1061</v>
       </c>
       <c r="C1046" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D1046" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1047">
       <c r="A1047" s="4">
-        <v>101037</v>
+        <v>101035</v>
       </c>
       <c r="B1047" s="4" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="C1047" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D1047" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1048">
       <c r="A1048" s="4">
-        <v>101038</v>
+        <v>101036</v>
       </c>
       <c r="B1048" s="4" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="C1048" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D1048" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1049">
       <c r="A1049" s="4">
-        <v>101039</v>
+        <v>101037</v>
       </c>
       <c r="B1049" s="4" t="s">
-        <v>1062</v>
+        <v>1064</v>
       </c>
       <c r="C1049" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D1049" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1050">
       <c r="A1050" s="4">
-        <v>101040</v>
+        <v>101038</v>
       </c>
       <c r="B1050" s="4" t="s">
-        <v>1063</v>
+        <v>1065</v>
       </c>
       <c r="C1050" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D1050" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1051">
       <c r="A1051" s="4">
-        <v>101041</v>
+        <v>101039</v>
       </c>
       <c r="B1051" s="4" t="s">
-        <v>1064</v>
+        <v>1066</v>
       </c>
       <c r="C1051" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D1051" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1052">
       <c r="A1052" s="4">
-        <v>101042</v>
+        <v>101040</v>
       </c>
       <c r="B1052" s="4" t="s">
-        <v>1065</v>
+        <v>1067</v>
       </c>
       <c r="C1052" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D1052" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1053">
       <c r="A1053" s="4">
-        <v>101043</v>
+        <v>101041</v>
       </c>
       <c r="B1053" s="4" t="s">
-        <v>1066</v>
+        <v>1068</v>
       </c>
       <c r="C1053" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D1053" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1054">
       <c r="A1054" s="4">
-        <v>101044</v>
+        <v>101042</v>
       </c>
       <c r="B1054" s="4" t="s">
-        <v>1067</v>
+        <v>1069</v>
       </c>
       <c r="C1054" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D1054" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1055">
       <c r="A1055" s="4">
-        <v>101045</v>
+        <v>101043</v>
       </c>
       <c r="B1055" s="4" t="s">
-        <v>1068</v>
+        <v>1070</v>
       </c>
       <c r="C1055" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D1055" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1056">
       <c r="A1056" s="4">
-        <v>101046</v>
+        <v>101044</v>
       </c>
       <c r="B1056" s="4" t="s">
-        <v>1069</v>
+        <v>1071</v>
       </c>
       <c r="C1056" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D1056" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1057">
       <c r="A1057" s="4">
-        <v>101047</v>
+        <v>101045</v>
       </c>
       <c r="B1057" s="4" t="s">
-        <v>1070</v>
+        <v>1072</v>
       </c>
       <c r="C1057" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D1057" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1058">
       <c r="A1058" s="4">
-        <v>101048</v>
+        <v>101046</v>
       </c>
       <c r="B1058" s="4" t="s">
-        <v>1071</v>
+        <v>1073</v>
       </c>
       <c r="C1058" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D1058" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1059">
       <c r="A1059" s="4">
-        <v>101049</v>
+        <v>101047</v>
       </c>
       <c r="B1059" s="4" t="s">
-        <v>1072</v>
+        <v>1074</v>
       </c>
       <c r="C1059" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D1059" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1060">
       <c r="A1060" s="4">
-        <v>101050</v>
+        <v>101061</v>
       </c>
       <c r="B1060" s="4" t="s">
-        <v>1073</v>
+        <v>1075</v>
       </c>
       <c r="C1060" s="4" t="s">
-        <v>5</v>
+        <v>1076</v>
       </c>
       <c r="D1060" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1061">
       <c r="A1061" s="4">
-        <v>101051</v>
+        <v>101048</v>
       </c>
       <c r="B1061" s="4" t="s">
-        <v>1074</v>
+        <v>1077</v>
       </c>
       <c r="C1061" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D1061" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1062">
       <c r="A1062" s="4">
+        <v>101049</v>
+      </c>
+      <c r="B1062" s="4" t="s">
+        <v>1078</v>
+      </c>
+      <c r="C1062" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1062" s="4" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="1063">
+      <c r="A1063" s="4">
+        <v>101062</v>
+      </c>
+      <c r="B1063" s="4" t="s">
+        <v>1079</v>
+      </c>
+      <c r="C1063" s="4" t="s">
+        <v>1080</v>
+      </c>
+      <c r="D1063" s="4" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="1064">
+      <c r="A1064" s="4">
+        <v>101050</v>
+      </c>
+      <c r="B1064" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="C1064" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1064" s="4" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="1065">
+      <c r="A1065" s="4">
+        <v>101051</v>
+      </c>
+      <c r="B1065" s="4" t="s">
+        <v>1082</v>
+      </c>
+      <c r="C1065" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1065" s="4" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="1066">
+      <c r="A1066" s="4">
         <v>101052</v>
       </c>
-      <c r="B1062" s="4" t="s">
-[...5 lines deleted...]
-      <c r="D1062" s="4" t="s">
+      <c r="B1066" s="4" t="s">
+        <v>1083</v>
+      </c>
+      <c r="C1066" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1066" s="4" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <pageSetup usePrinterDefaults="0"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>FlexCel Studio for .NET</Application>
   <DocSecurity>0</DocSecurity>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">