--- v0 (2025-12-05)
+++ v1 (2026-02-13)
@@ -8,51 +8,51 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="flId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="flId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="flId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fileVersion appName="xl" rupBuild="4506" lastEdited="4" lowestEdited="4"/>
   <workbookPr autoCompressPictures="0" checkCompatibility="1" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="480" yWindow="135" windowWidth="19980" windowHeight="12660"/>
   </bookViews>
   <sheets>
     <sheet name="Laboratory" sheetId="1" r:id="flId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="347" uniqueCount="104">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="349" uniqueCount="105">
   <si>
     <t>UID</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Organization ID</t>
   </si>
   <si>
     <t>ACC</t>
   </si>
   <si>
     <t>WQXTEST</t>
   </si>
   <si>
     <t>21COL001_WQX</t>
   </si>
   <si>
     <t>Accutest SGS</t>
   </si>
   <si>
     <t>ACZ</t>
   </si>
   <si>
@@ -298,72 +298,75 @@
   <si>
     <t>TRIPP</t>
   </si>
   <si>
     <t>UBSD</t>
   </si>
   <si>
     <t>UNKNOWN</t>
   </si>
   <si>
     <t>USEPA</t>
   </si>
   <si>
     <t>USFS_ST_SPGS</t>
   </si>
   <si>
     <t>USGS stream gauge+facility flow meter</t>
   </si>
   <si>
     <t>USGS_CO</t>
   </si>
   <si>
     <t>USGSNWQL</t>
   </si>
   <si>
+    <t>Utah Department of Agriculture and Food (UDAF)</t>
+  </si>
+  <si>
     <t>WELD_DPHE</t>
   </si>
   <si>
     <t>WEST_GLEN</t>
   </si>
   <si>
     <t>WESTMNST</t>
   </si>
   <si>
     <t>WESTMNST_1</t>
   </si>
   <si>
     <t>WESTMNST_2</t>
   </si>
   <si>
     <t>WPCL</t>
   </si>
   <si>
+    <t>WWTF-lab</t>
+  </si>
+  <si>
     <t>WWTF-Lab</t>
-  </si>
-[...1 lines deleted...]
-    <t>WWTF-lab</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="14">
     <numFmt numFmtId="5" formatCode="#,##0\ &quot;€&quot;;\-#,##0\ &quot;€&quot;"/>
     <numFmt numFmtId="6" formatCode="#,##0\ &quot;€&quot;;[Red]\-#,##0\ &quot;€&quot;"/>
     <numFmt numFmtId="7" formatCode="#,##0.00\ &quot;€&quot;;\-#,##0.00\ &quot;€&quot;"/>
     <numFmt numFmtId="8" formatCode="#,##0.00\ &quot;€&quot;;[Red]\-#,##0.00\ &quot;€&quot;"/>
     <numFmt numFmtId="41" formatCode="_-* #,##0\ _€_-;\-* #,##0\ _€_-;_-* &quot;-&quot;\ _€_-;_-@_-"/>
     <numFmt numFmtId="42" formatCode="_-* #,##0\ &quot;€&quot;_-;\-* #,##0\ &quot;€&quot;_-;_-* &quot;-&quot;\ &quot;€&quot;_-;_-@_-"/>
     <numFmt numFmtId="43" formatCode="_-* #,##0.00\ _€_-;\-* #,##0.00\ _€_-;_-* &quot;-&quot;??\ _€_-;_-@_-"/>
     <numFmt numFmtId="44" formatCode="_-* #,##0.00\ &quot;€&quot;_-;\-* #,##0.00\ &quot;€&quot;_-;_-* &quot;-&quot;??\ &quot;€&quot;_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="mm-dd-yyyy"/>
     <numFmt numFmtId="165" formatCode="mm-dd-yyyy h:mm:ss AM/PM"/>
     <numFmt numFmtId="166" formatCode="#,##0_);(#,##0);"/>
     <numFmt numFmtId="167" formatCode="yyyy-mmm"/>
     <numFmt numFmtId="168" formatCode="yyyy"/>
     <numFmt numFmtId="169" formatCode="&quot;text&quot;"/>
   </numFmts>
   <fonts count="6">
     <font>
       <sz val="10"/>
@@ -776,60 +779,60 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:C173"/>
+  <dimension ref="A1:C174"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" topLeftCell="A1" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="7.21875" customWidth="1"/>
-    <col min="2" max="2" width="42.28515625" customWidth="1"/>
+    <col min="2" max="2" width="44.28125" customWidth="1"/>
     <col min="3" max="3" width="16.06640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="12" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="12" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="12" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="4">
         <v>100012</v>
       </c>
       <c r="B2" s="4" t="s">
         <v>3</v>
       </c>
       <c r="C2" s="4" t="s">
         <v>4</v>
       </c>
     </row>
@@ -2540,200 +2543,211 @@
     </row>
     <row r="158">
       <c r="A158" s="4">
         <v>100091</v>
       </c>
       <c r="B158" s="4" t="s">
         <v>95</v>
       </c>
       <c r="C158" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="4">
         <v>100045</v>
       </c>
       <c r="B159" s="4" t="s">
         <v>95</v>
       </c>
       <c r="C159" s="4" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="4">
-        <v>100060</v>
+        <v>100172</v>
       </c>
       <c r="B160" s="4" t="s">
         <v>96</v>
       </c>
       <c r="C160" s="4" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="4">
         <v>100096</v>
       </c>
       <c r="B161" s="4" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C161" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="4">
-        <v>100086</v>
+        <v>100060</v>
       </c>
       <c r="B162" s="4" t="s">
         <v>97</v>
       </c>
       <c r="C162" s="4" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="4">
         <v>100055</v>
       </c>
       <c r="B163" s="4" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C163" s="4" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="4">
-        <v>100050</v>
+        <v>100086</v>
       </c>
       <c r="B164" s="4" t="s">
         <v>98</v>
       </c>
       <c r="C164" s="4" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="4">
         <v>100077</v>
       </c>
       <c r="B165" s="4" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C165" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="4">
-        <v>100129</v>
+        <v>100050</v>
       </c>
       <c r="B166" s="4" t="s">
         <v>99</v>
       </c>
       <c r="C166" s="4" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="4">
         <v>100066</v>
       </c>
       <c r="B167" s="4" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C167" s="4" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="4">
-        <v>100070</v>
+        <v>100129</v>
       </c>
       <c r="B168" s="4" t="s">
         <v>100</v>
       </c>
       <c r="C168" s="4" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="4">
         <v>100148</v>
       </c>
       <c r="B169" s="4" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C169" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="4">
-        <v>100095</v>
+        <v>100070</v>
       </c>
       <c r="B170" s="4" t="s">
         <v>101</v>
       </c>
       <c r="C170" s="4" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="4">
         <v>100023</v>
       </c>
       <c r="B171" s="4" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C171" s="4" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="4">
-        <v>100011</v>
+        <v>100095</v>
       </c>
       <c r="B172" s="4" t="s">
         <v>102</v>
       </c>
       <c r="C172" s="4" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="4">
         <v>100085</v>
       </c>
       <c r="B173" s="4" t="s">
         <v>103</v>
       </c>
       <c r="C173" s="4" t="s">
         <v>5</v>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" s="4">
+        <v>100011</v>
+      </c>
+      <c r="B174" s="4" t="s">
+        <v>104</v>
+      </c>
+      <c r="C174" s="4" t="s">
+        <v>4</v>
       </c>
     </row>
   </sheetData>
   <pageSetup usePrinterDefaults="0"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>FlexCel Studio for .NET</Application>
   <DocSecurity>0</DocSecurity>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">
       <vt:lpstr>Laboratory</vt:lpstr>