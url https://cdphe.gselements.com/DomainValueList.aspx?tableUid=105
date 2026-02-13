--- v0 (2025-12-05)
+++ v1 (2026-02-13)
@@ -8,51 +8,51 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="flId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="flId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="flId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fileVersion appName="xl" rupBuild="4506" lastEdited="4" lowestEdited="4"/>
   <workbookPr autoCompressPictures="0" checkCompatibility="1" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="480" yWindow="135" windowWidth="19980" windowHeight="12660"/>
   </bookViews>
   <sheets>
     <sheet name="Assessment Unit" sheetId="1" r:id="flId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7623" uniqueCount="2583">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7713" uniqueCount="2615">
   <si>
     <t>UID</t>
   </si>
   <si>
     <t>Organization ID</t>
   </si>
   <si>
     <t>Assessment Unit ID</t>
   </si>
   <si>
     <t>Assessment Unit Name</t>
   </si>
   <si>
     <t>Assessment Unit Description</t>
   </si>
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Measurement Unit</t>
   </si>
   <si>
     <t>Water Quality Use Only</t>
   </si>
   <si>
@@ -1732,50 +1732,59 @@
   <si>
     <t>COGUSM10b_B</t>
   </si>
   <si>
     <t>Mainstem of Naturita Creek from the national forest to the confluence with the San Miguel River.</t>
   </si>
   <si>
     <t>COGUSM10c_A</t>
   </si>
   <si>
     <t>Mainstem of Tabeguache Creek from the point it exits the Uncompahgre National Forest to the confluence with the San Miguel River.</t>
   </si>
   <si>
     <t>COGUSM11a_A</t>
   </si>
   <si>
     <t xml:space="preserve">All tributaries to Miramonte Reservoir and West Naturita Creek from their sources to the Uncompahgre National Forest Boundary below Miramonte Reservoir.   The mainstems of Beaver and Horsefly Creeks from the Uncompahgre National Forest boundary to their confluences with the San Miguel River.</t>
   </si>
   <si>
     <t>COGUSM12a_D</t>
   </si>
   <si>
     <t>Specie Creek and its tributaries</t>
   </si>
   <si>
+    <t>COGUSM12a_E</t>
+  </si>
+  <si>
+    <t>McKenzie Creek.</t>
+  </si>
+  <si>
+    <t>2/3/2026 8:06:18 AM</t>
+  </si>
+  <si>
     <t>COGUSM12b_C</t>
   </si>
   <si>
     <t>All tributaries and wetlands to the San Miguel River from a point immediately above Horsefly Creek to the confluence with the Dolores River, excluding the listings in Segments 9, 11a, 12a, and 12c.</t>
   </si>
   <si>
     <t>COGUSM12b_D</t>
   </si>
   <si>
     <t>Mainstem of Maverick Draw</t>
   </si>
   <si>
     <t>COGUSM12b_F</t>
   </si>
   <si>
     <t>Coal Canyon and its tributaries, except for the North and South tributaries in Second Park.</t>
   </si>
   <si>
     <t>COGUSM12b_G</t>
   </si>
   <si>
     <t>Tuttle Draw and its tributaries</t>
   </si>
   <si>
     <t>COGUSM12b_H</t>
@@ -2566,50 +2575,56 @@
   <si>
     <t>COLCLC04c_A</t>
   </si>
   <si>
     <t>South Canyon Creek from South Canyon Hot Springs to Colorado River</t>
   </si>
   <si>
     <t>COLCLC04d_A</t>
   </si>
   <si>
     <t>The mainstem of Dry Hollow Creek, including all tributaries and wetlands, from the source to the confluence with the Colorado River.</t>
   </si>
   <si>
     <t>COLCLC04e_A</t>
   </si>
   <si>
     <t>Mainstem of Dry Creek, including all tributaries and wetlands, from the source to immediately above the Last Chance Ditch.</t>
   </si>
   <si>
     <t>COLCLC05_A</t>
   </si>
   <si>
     <t>All tributaries to the Colorado River, including wetlands, which are within the boundaries of White River National Forest, except for the specific listing in Segments 9a and 9c.</t>
   </si>
   <si>
+    <t>COLCLC05_B</t>
+  </si>
+  <si>
+    <t>All tributaries to the Colorado River, including wetlands, which are within the boundaries of White River National Forest, except for listings in Segments 9a, 9c, and 12c</t>
+  </si>
+  <si>
     <t>COLCLC06_A</t>
   </si>
   <si>
     <t>Mainstem of Oasis Creek including all tributaries and wetlands from the boundary of White River National Forest to the confluence with the Colorado River.</t>
   </si>
   <si>
     <t>COLCLC07a_B</t>
   </si>
   <si>
     <t>Mainstem of Mitchell, Canyon, Beaver, and Cache Creeks, including all tributaries and wetlands, from the boundary of the White River National Forest to their confluences with the Colorado River.</t>
   </si>
   <si>
     <t>COLCLC07a_C</t>
   </si>
   <si>
     <t>Garfield Creek and its tributaries from the headwaters to the confluence with the Colorado River</t>
   </si>
   <si>
     <t>COLCLC07a_D</t>
   </si>
   <si>
     <t>Elk Creek and its tributaries from the White River National Forest boundary to the confluence with the Colorado River</t>
   </si>
   <si>
     <t>COLCLC07b_A</t>
@@ -2620,50 +2635,56 @@
   <si>
     <t>COLCLC09a_A</t>
   </si>
   <si>
     <t>Middle Rifle Creek, including all tributaries and wetlands, from its source to the confluence with West Rifle Creek. East Rifle Creek, including all tributaries and wetlands, from the source to the boundary of the White River National Forest.</t>
   </si>
   <si>
     <t>COLCLC10_A</t>
   </si>
   <si>
     <t>East Rifle Creek from the White River NF boundary to Rifle Gap Reservoir. Rifle Creek from Rifle Gap Reservoir to the Colorado River</t>
   </si>
   <si>
     <t>COLCLC10_B</t>
   </si>
   <si>
     <t>West Rifle Creek and tributaries</t>
   </si>
   <si>
     <t>COLCLC11a_B</t>
   </si>
   <si>
     <t>Middle Fork Parachute Creek, including tributaries and wetlands, from the source to the confluence with East Fork Parachute Creek. West Fork Parachute Creek and East Fork Parachute Creek, including tributaries and wetlands, from sources to their confluen</t>
   </si>
   <si>
+    <t>COLCLC11a_C</t>
+  </si>
+  <si>
+    <t>Middle Fork Parachute Creek, including tributaries and wetlands, from the source to the confluence with East Fork Parachute Creek. West Fork Parachute Creek, including all tributaries and wetlands, from the source to the confluence with Parachute Creek (39.54898, -108.121829). East Fork Parachute Creek, including all tributaries and wetlands, from East Fork Falls (39.562582, -108.013630) to the confluence with Parachute Creek.</t>
+  </si>
+  <si>
     <t>COLCLC11b_A</t>
   </si>
   <si>
     <t>Mainstem of the West Fork of Parachute Creek from West Fork Falls to the confluence with Parachute Creek; mainstem of the Middle Fork of Parachute Creek, including all tributaries, from the source to the confluence with East Middle Fork of Parachute Creek</t>
   </si>
   <si>
     <t>COLCLC11c_B</t>
   </si>
   <si>
     <t>Mainstem of Parachute Creek from the confluence of the West and East Forks to the confluence with the Colorado River. All tributaries and wetlands to Parachute Creek on the west side of Parachute Creek from the confluence of the East and West Forks to the confluence with the Colorado River.</t>
   </si>
   <si>
     <t>COLCLC13a_A</t>
   </si>
   <si>
     <t>All tributaries to the Colorado River, including wetlands,from a point immediately below the confluence of Roan Creek to the Colorado/Utah border, except for listings in Segments 13b through 19.</t>
   </si>
   <si>
     <t>COLCLC13a_B</t>
   </si>
   <si>
     <t>Sulphur Gulch and tributaries</t>
   </si>
   <si>
     <t>COLCLC13b_A</t>
@@ -2692,50 +2713,56 @@
   <si>
     <t>COLCLC13b_E</t>
   </si>
   <si>
     <t>Unnamed tributary to the Colorado River from its source to its confluence with the Colorado River near 39.081, -108.592.</t>
   </si>
   <si>
     <t>COLCLC13b_F</t>
   </si>
   <si>
     <t>All tributaries to the Colorado River from Government Highline Canal Diversion to below Salt Creek, and downgradient from Government Highline Canal, Orchard Mesa Canal No. 2, Orchard Mesa Drain, Stub Ditch and northeast Colorado National Monument boundary, except Salt, Adobe, Leach Creeks, Indian Wash, Unnamed Tributary and Mack Wash.</t>
   </si>
   <si>
     <t>COLCLC13c_A</t>
   </si>
   <si>
     <t>Walker Wildlife Area Ponds.</t>
   </si>
   <si>
     <t>COLCLC13e_A</t>
   </si>
   <si>
     <t>All tributaries to the Colorado River, from Lewis Wash to the West Salt Creek drainage, from an elevation of 5,200 feet to the Government Highline Canal, excluding the mainstems of Big Salt Wash, East Salt Creek and West Salt Creek.</t>
   </si>
   <si>
+    <t>COLCLC13e_B</t>
+  </si>
+  <si>
+    <t>All tributaries to the Colorado River, including all wetlands, from Lewis Wash to the West Salt Creek drainage, from an elevation of 5,200 feet to the Government Highline Canal, excluding the mainstems of Big Salt Wash, East Salt Creek and West Salt Creek.</t>
+  </si>
+  <si>
     <t>COLCLC14a_A</t>
   </si>
   <si>
     <t>Mainstem of Roan Creek, including all wetlands and tributaries, from its source to a point immediately above the confluence with Clear Creek, except for the listing in segment 14b. Clear Creek, including all tributaries and wetlands, from the source to a point immediately below the confluence with Tom Creek.</t>
   </si>
   <si>
     <t>COLCLC14b_A</t>
   </si>
   <si>
     <t>Clear Creek, including all tributaries and wetlands, from a point immediately below the confluence with Tom Creek to the confluence with Roan Creek. Roan Creek, including all tributaries and wetlands, from a point immediately above the confluence with Clear Creek to a point immediately below the confluence with Kimball Creek</t>
   </si>
   <si>
     <t>COLCLC14c_B</t>
   </si>
   <si>
     <t>North, South and mainstem of Dry Fork including tributaries</t>
   </si>
   <si>
     <t>COLCLC14c_C</t>
   </si>
   <si>
     <t>Roan Creek and tributaries including Conn Cr, Logan Wash, Bloat Gulch and Gibler Gulch</t>
   </si>
   <si>
     <t>COLCLC15a_A</t>
@@ -2812,90 +2839,108 @@
   <si>
     <t>COLCLC21_A</t>
   </si>
   <si>
     <t>All lakes and reservoirs tributary to Roan Creek from the source to a point just below the confluence with Clear Creek. All lakes and reservoirs tributary to Rapid Creek from the source to the confluence with the Colorado River. All lakes and reservoirs tributary to the Little Dolores River from the source to a point immediately below the confluence with Hay Press Creek. All lakes and reservoirs tributary to Plateau Creek and within the Grand Mesa National Forest.</t>
   </si>
   <si>
     <t>COLCLY02_B</t>
   </si>
   <si>
     <t>Mainstem of the Yampa River from a point immediately below the confluence with Elkhead Creek to the confluence with the Little Snake River.</t>
   </si>
   <si>
     <t>COLCLY03a_A</t>
   </si>
   <si>
     <t>All tributaries to the Yampa River, including all wetlands, from a point immediately below the confluence with Elkhead Creek to a point immediately below the confluence with the Little Snake River, except for listings in Segments 3b through 15, 17a, 17b and 18.</t>
   </si>
   <si>
     <t>COLCLY03b_C</t>
   </si>
   <si>
     <t>Mainstem of Upper Johnson Gulch from its source to confluence with Pyeatt Gulch at CO 107. Mainstems of Pyeatt Gulch, Ute Gulch, Castor Gulch, No Name Gulch, Flume Gulch, Buzzard Gulch, Coyote Gulch, Deal Gulch, Horse Gulch (BOTH), and Elk Gulch, including all tributaries from their sources to their mouths.</t>
   </si>
   <si>
+    <t>COLCLY03b_D</t>
+  </si>
+  <si>
+    <t>Mainstem of Upper Johnson Gulch from its source to the confluence with Pyeatt Gulch at CO 107. Mainstems of Pyeatt Gulch, Ute Gulch, Castor Gulch, No Name Gulch, Flume Gulch, Buzzard Gulch, Coyote Gulch, Deal Gulch, Horse Gulch (BOTH), Elk Gulch, Jeffway Gulch, and Deacon Gulch, including all tributaries and wetlands, from their sources to their mouths.</t>
+  </si>
+  <si>
     <t>COLCLY03c_A</t>
   </si>
   <si>
     <t>Mainstem of Milk Creek, including all tributaries and wetlands, from Thornburgh (County Rd 15) to confluence with the Yampa River, except for listings in Segment 3b and 3e.</t>
   </si>
   <si>
     <t>COLCLY03c_B</t>
   </si>
   <si>
     <t>Wilson Creek and tributaries</t>
   </si>
   <si>
     <t>COLCLY03c_C</t>
   </si>
   <si>
     <t>Stinking Gulch and tributaries</t>
   </si>
   <si>
     <t>COLCLY03d_A</t>
   </si>
   <si>
     <t>Mainstems of Temple Gulch and Morgan Gulch from their sources to their confluences with the Yampa River.</t>
   </si>
   <si>
     <t>COLCLY03e_A</t>
   </si>
   <si>
     <t>Mainstem of Good Spring Creek and its tributaries above Wilson Reservoir.</t>
   </si>
   <si>
+    <t>COLCLY03e_B</t>
+  </si>
+  <si>
+    <t>Mainstem of Good Spring Creek, including all tributaries and wetlands, above Wilson Reservoir.</t>
+  </si>
+  <si>
     <t>COLCLY03f_A</t>
   </si>
   <si>
     <t>Big Gulch</t>
   </si>
   <si>
     <t>COLCLY03g_B</t>
   </si>
   <si>
     <t>Mainstems of Ben Morgan Creek, Boxelder Gulch, Collom Gulch, Hale Gulch and Jubb Creek, including all tributaries from their sources to their mouths, except for listings in Segment 3j.</t>
+  </si>
+  <si>
+    <t>COLCLY03g_C</t>
+  </si>
+  <si>
+    <t>Mainstems of Ben Morgan Creek, Boxelder Gulch, Collom Gulch, Hale Gulch and Jubb Creek, including all tributaries and wetlands, from their sources to their mouths, except for the waterbody in Segment 3j.</t>
   </si>
   <si>
     <t>COLCLY03h_A</t>
   </si>
   <si>
     <t>Lay Creek from the source to the confluence with the Yampa River.</t>
   </si>
   <si>
     <t>COLCLY03i_A</t>
   </si>
   <si>
     <t>Lower Johnson Gulch from the confluence with Pyeatt Gulch at CO 107 to the confluence with the Yampa River.</t>
   </si>
   <si>
     <t>COLCLY04_A</t>
   </si>
   <si>
     <t>North and South Fork of Fortification Creek, including all wetlands and tributaries, from their sources to their confluence. Little Cottonwood Creek, including all tributaries and wetlands from the source to the confluence with Fortification Creek.</t>
   </si>
   <si>
     <t>COLCLY05_A</t>
   </si>
   <si>
     <t>Mainstem of Fortification Creek from the confluence of the North Fork and South Fork to the confluence with the Yampa River.</t>
   </si>
@@ -5722,50 +5767,65 @@
   <si>
     <t>COSPCP10a_A</t>
   </si>
   <si>
     <t>Mainstem of the Cache La Poudre River from the Munroe Gravity Canal Headgate/North Poudre Supply Canal diversion to a point immediately above the Larimer County Ditch diversion (40.657, -105.185)</t>
   </si>
   <si>
     <t>COSPCP10b_A</t>
   </si>
   <si>
     <t>Mainstem of the Cache La Poudre River from a point immediately above the Larimer County Ditch diversion (40.657, -105.185) to Shields Street in Ft. Collins, Colorado.</t>
   </si>
   <si>
     <t>COSPCP11_A</t>
   </si>
   <si>
     <t>Mainstem of the Cache La Poudre River from Shields Street in Ft. Collins to a point immediately above the confluence with Boxelder Creek.</t>
   </si>
   <si>
     <t>COSPCP11_B</t>
   </si>
   <si>
     <t>Mainstem of the Cache La Poudre River from Shields Street in Ft. Collins to Prospect Road.</t>
   </si>
   <si>
+    <t>COSPCP11a_A</t>
+  </si>
+  <si>
+    <t>Mainstem of the Cache La Poudre River from Shields Street in Ft. Collins to immediately below the Timnath Reservoir Inlet (40.577031, -105.047436).</t>
+  </si>
+  <si>
+    <t>2/9/2026 7:32:43 AM</t>
+  </si>
+  <si>
+    <t>COSPCP11b_A</t>
+  </si>
+  <si>
+    <t>Mainstem of the Cache La Poudre River from immediately below the Timnath Reservoir Inlet (40.577031, -105.047436) to Prospect Road.</t>
+  </si>
+  <si>
     <t>COSPCP12a_A</t>
   </si>
   <si>
     <t>Mainstem of the Cache La Poudre River from Boxelder Creek to US Hwy 85 in Greeley.</t>
   </si>
   <si>
     <t>COSPCP12a_B</t>
   </si>
   <si>
     <t>Mainstem of the Cache La Poudre River from Prospect Road to Boxelder Creek.</t>
   </si>
   <si>
     <t>COSPCP12b_A</t>
   </si>
   <si>
     <t>Mainstem of the Cache La Poudre River from U.S. Hwy 85 in Greeley to the confluence witht he South Platte River.</t>
   </si>
   <si>
     <t>COSPCP13a_A</t>
   </si>
   <si>
     <t>All tributaries to the Cache La Poudre River, including all wetlands, from the Munroe Gravity Canal/North Poudre Supply canal diversion to the confluence with the South Platte River, except for specific listings in Segments 6, 7, 8, 13b, 13c, and Dry Cre</t>
   </si>
   <si>
     <t>COSPCP13a_B</t>
@@ -6754,50 +6814,56 @@
   <si>
     <t>COUCBL20_B</t>
   </si>
   <si>
     <t>Spruce Creek and tributaries</t>
   </si>
   <si>
     <t>COUCBL22_A</t>
   </si>
   <si>
     <t>Dillon Reservoir and all lakes and reservoirs tributary to the Blue River above Dillon Reservoir, except for specific listings in Segment 21.</t>
   </si>
   <si>
     <t>COUCBL23_A</t>
   </si>
   <si>
     <t>All lakes and reservoirs tributary to the Blue River below Dillon Reservoir, except for specific listings in Segment 21.</t>
   </si>
   <si>
     <t>COUCEA01_A</t>
   </si>
   <si>
     <t>All tributaries to the Eagle River, including all wetlands, within the Gore Range - Eagles Nest and Holy Cross Wilderness Areas.</t>
   </si>
   <si>
+    <t>COUCEA01_B</t>
+  </si>
+  <si>
+    <t>All tributaries to the Eagle River, including all wetlands, within the Gore Range - Eagles Nest and Holy Cross Wilderness Areas. Mainstem of East Brush Creek from the source to 39.498914, -106.671722. All tributaries to East Brush Creek, including wetlands, excluding the following: tributaries and wetlands within Sylvan Lake State Park, the portion of Hat Creek below 39.511013, -106.688716, the portion of Nolan Creek below 39.525486, -106.686495, and the portion of the unnamed tributary below 39.512799, -106.680681; these excluded portions remain in Segment 10a. Mainstem of West Brush Creek from the source to the Sylvan Lake State Park boundary (39.469516, -106.729231). All tributaries to West Brush Creek, including wetlands, which are not within Sylvan Lake State Park.</t>
+  </si>
+  <si>
     <t>COUCEA02_B</t>
   </si>
   <si>
     <t>Mainstem of the Eagle River from the source to Peterson Creek</t>
   </si>
   <si>
     <t>COUCEA02_C</t>
   </si>
   <si>
     <t>Eagle River Below Peterson Creek to compressor house bridge at Belden</t>
   </si>
   <si>
     <t>COUCEA03_A</t>
   </si>
   <si>
     <t>All tributaries to the Eagle River, including wetlands, from the source to the compressor house bridge at Belden, except for the specific listing in Segment 4 and those waters included in Segment 1.</t>
   </si>
   <si>
     <t>COUCEA04_A</t>
   </si>
   <si>
     <t>Mainstem of Homestake Creek from the confluence of the East Fork to the confluence with the Eagle River.</t>
   </si>
   <si>
     <t>COUCEA05a_B</t>
@@ -6928,50 +6994,56 @@
   <si>
     <t>COUCEA10a_A</t>
   </si>
   <si>
     <t>All tributaries to the Eagle River, including all wetlands, from a point immediately below the confluence with Lake Creek to the confluence with the Colorado River, except for specific listings in Segments 10b, 11 and 12, and those waters included in Segment 1.</t>
   </si>
   <si>
     <t>COUCEA10a_B</t>
   </si>
   <si>
     <t>Eby Creek and tributaries</t>
   </si>
   <si>
     <t>COUCEA11_A</t>
   </si>
   <si>
     <t>Mainstem of Alkali Creek (near Wolcott) from the source to the confluence with the Eagle River. Mainstem of Milk Creek from the source to the confluence with the Eagle River.</t>
   </si>
   <si>
     <t>COUCEA12_A</t>
   </si>
   <si>
     <t>Mainstem of Brush Creek, from the source to the confluence with the Eagle River, including the East and West Forks.</t>
   </si>
   <si>
+    <t>COUCEA12_B</t>
+  </si>
+  <si>
+    <t>Mainstem of Brush Creek, from the confluence of West Brush Creek and East Brush Creek to the confluence with the Eagle River. Mainstem of East Brush Creek from 39.498914, -106.671722 to the confluence with West Brush Creek. Mainstem of West Brush Creek from the Sylvan Lake State Park boundary (39.469516, -106.729231) to the confluence with East Brush Creek.</t>
+  </si>
+  <si>
     <t>COUCEA14_A</t>
   </si>
   <si>
     <t>All lakes and reservoirs tributary to the Eagle River except for specific listings in Segment 13.</t>
   </si>
   <si>
     <t>COUCNP01_A</t>
   </si>
   <si>
     <t>All tributaries to the North Platte and Encampment Rivers, including all wetlands, within the Mount Zirkel, Never Summer, and Platte River Wilderness Areas except South Fork of Big Creek and tributaries</t>
   </si>
   <si>
     <t>COUCNP01_B</t>
   </si>
   <si>
     <t>South Fork Big Creek and tributaries from source to the wilderness boundary</t>
   </si>
   <si>
     <t>COUCNP02_A</t>
   </si>
   <si>
     <t>Mainstem of the Encampment River, including all tributaries and wetlands, from the source to the Colorado/Wyoming border, except for those tributaries included in Segment 1.</t>
   </si>
   <si>
     <t>COUCNP03_A</t>
@@ -7084,50 +7156,56 @@
   <si>
     <t>COUCNP09_E</t>
   </si>
   <si>
     <t>South Delaney Lake</t>
   </si>
   <si>
     <t>COUCNP09_F</t>
   </si>
   <si>
     <t>Lakes and reservoirs tributary to the North Platte and Encampment Rivers except Big Creek Reservoir, Lake John, North Delaney Lake, and South Delaney Lake</t>
   </si>
   <si>
     <t>COUCRF01_A</t>
   </si>
   <si>
     <t>All tributaries to the Roaring Fork River, including all wetlands, within the Maroon Bells/Snowmass, Holy Cross, Raggeds, Collegiate Peaks and Hunter/Fryingpan Wilderness Areas.</t>
   </si>
   <si>
     <t>COUCRF01_B</t>
   </si>
   <si>
     <t>Lincoln Creek from Grizzly Reservoir to the confluence with the Roaring Fork River, including New York Creek below Brooklyn Gulch</t>
   </si>
   <si>
+    <t>COUCRF01_C</t>
+  </si>
+  <si>
+    <t>All tributaries to the Roaring Fork River, including all wetlands, within the Maroon Bells/Snowmass, Holy Cross, Raggeds, Collegiate Peaks and Hunter/Fryingpan Wilderness Areas. Avalanche Creek, including all tributaries and wetlands, from the Maroon Bells/Snowmass Wilderness boundary to the National Forest boundary (39.248331, -107.232393). Woody Creek, including all tributaries and wetlands, from the Hunter/Fryingpan Wilderness boundary to USFS Rd 103/Woody Creek Rd (39.244983, -106.751780). Hunter Creek, including all tributaries and wetlands, from the Hunter/Fryingpan Wilderness boundary to the National Forest boundary (39.205635, -106.798061).</t>
+  </si>
+  <si>
     <t>COUCRF02_A</t>
   </si>
   <si>
     <t>Mainstem of the Roaring Fork River, including all tributaries and wetlands, from the source to a point immediately below the confluence with Hunter Creek, except for those tributaries included in Segment 1.</t>
   </si>
   <si>
     <t>COUCRF03a_B</t>
   </si>
   <si>
     <t>Roaring Fork from confluence with Hunter Creek to the confluence of Trentaz Gulch</t>
   </si>
   <si>
     <t>COUCRF03a_C</t>
   </si>
   <si>
     <t>West Sopris Creek and tributaries</t>
   </si>
   <si>
     <t>COUCRF03a_D</t>
   </si>
   <si>
     <t>Capitol Creek</t>
   </si>
   <si>
     <t>COUCRF03a_E</t>
@@ -7516,50 +7594,56 @@
   <si>
     <t>COUCUC13_C</t>
   </si>
   <si>
     <t>Wolford Mountain Reservoir</t>
   </si>
   <si>
     <t>COUCUC13_D</t>
   </si>
   <si>
     <t>Williams Fork Reservoir</t>
   </si>
   <si>
     <t>COUCUC13_F</t>
   </si>
   <si>
     <t>All lakes and reservoirs tributary to the Colorado River from the boundary of Rocky Mountain National Park and Arapahoe National Recreation Area to a point immediately below the confluence with the Roaring Fork River, except for specific listings in Upper Colorado Segments 11 and 12, the Blue and Eagle River subbasins, Wolford Mountain Reservoir, Williams Fork Reservoir, and Windy Gap Reservoir.</t>
   </si>
   <si>
     <t>COUCYA01_A</t>
   </si>
   <si>
     <t>All tributaries to the Yampa River, including all wetlands, which are within the Mount Zirkel, Flat Tops and Sarvis Creek Wilderness Areas.</t>
   </si>
   <si>
+    <t>COUCYA01_B</t>
+  </si>
+  <si>
+    <t>All tributaries to the Yampa River, including all wetlands, which are within the Mount Zirkel, Flat Tops and Sarvis Creek Wilderness Areas. Walton Creek, including all tributaries and wetlands, from the source to below the confluence with Beaver Creek. Soda Creek, including all tributaries and wetlands, from the source to the National Forest boundary (40.541953, -106.790266). North Fork Elk River, including all tributaries and wetlands, from the Mount Zirkel Wilderness boundary to above the confluence with Lost Dog Creek. Middle Fork Elk River, including all tributaries and wetlands, from the Mount Zirkel Wilderness boundary to the confluence with the North Fork Elk River. South Fork Elk River, including all tributaries and wetlands, from the Mount Zirkel Wilderness boundary to the confluence with the Elk River.</t>
+  </si>
+  <si>
     <t>COUCYA02a_A</t>
   </si>
   <si>
     <t>Yampa River above Stagecoach Reservoir</t>
   </si>
   <si>
     <t>COUCYA02a_B</t>
   </si>
   <si>
     <t>Mainstem of the Yampa River from Stagecoach Reservoir to above confluence with Oak Creek</t>
   </si>
   <si>
     <t>COUCYA02b_A</t>
   </si>
   <si>
     <t>Mainstem of the Yampa River from a point immediately above the confluence with Oak Creek to a point immediately below the confluence with Elkhead Creek.</t>
   </si>
   <si>
     <t>COUCYA03_A</t>
   </si>
   <si>
     <t>Tributaries to Yampa River except, except for specific listings in Segments 4-8, 13a-f and 19. Mainstem of the Bear River, including all tributaries and wetlands from the boundary of the Flat Tops Wilderness Area to the confluence with the Yampa River. Also excludes Bushy Creek, Mainstem of Walton Creek, Little Morrison Creek, and Gunn Creek.</t>
   </si>
   <si>
     <t>COUCYA03_B</t>
@@ -7708,60 +7792,72 @@
   <si>
     <t>COUCYA15_B</t>
   </si>
   <si>
     <t>Mainstem of Elkhead Creek from Calf Creek to Yampa River</t>
   </si>
   <si>
     <t>COUCYA18_A</t>
   </si>
   <si>
     <t>Little Snake River including all tributaries and wetlands from forest boundary to Wyoming border, except for the South Fork of the Little Snake River</t>
   </si>
   <si>
     <t>COUCYA18_B</t>
   </si>
   <si>
     <t>South Fork of Little Snake River and its tributaries</t>
   </si>
   <si>
     <t>COUCYA19_B</t>
   </si>
   <si>
     <t>All tributaries to the South Fork of the Little Snake River and Middle Fork of the Little Snake River, including all wetlands, which are on National Forest lands in Routt County.</t>
   </si>
   <si>
+    <t>COUCYA19a_A</t>
+  </si>
+  <si>
+    <t>All tributaries to the South Fork Little Snake River, including all wetlands, which are on National Forest lands in Routt County.</t>
+  </si>
+  <si>
     <t>COUCYA20a_B</t>
   </si>
   <si>
     <t>All tributaries to the Yampa River, including all wetlands, from above the confluence with the Elk River to below the conlfuence with Elkhead Creek, which are on National Forest lands, except for specific listings in Segment 20b.</t>
   </si>
   <si>
     <t>COUCYA20b_A</t>
   </si>
   <si>
     <t>Mainstem of First Creek from the eastern boundary of state lands in California Park (40.731309, -107.141684) to the confluence with Elkhead Creek. Mainstem of Elkhead Creek from the eastern boundary of state lands in California Park (40.743796, -107.141684) to the National Forest boundary.</t>
+  </si>
+  <si>
+    <t>COUCYA20c_A</t>
+  </si>
+  <si>
+    <t>First Creek, including all tributaries and wetlands, from the source to the eastern boundary of state lands in California Park (40.731309, -107.141684). Elkhead Creek, including all tributaries and wetlands, from the source to the eastern boundary of state lands in California Park (40.743796, -107.141684).</t>
   </si>
   <si>
     <t>COUCYA21_B</t>
   </si>
   <si>
     <t>All lakes and reservoirs tributary to the Yampa River within the Mount Zirkel, Flat Tops and Sarvis Creek Wilderness Areas, except for those lakes and reservoirs included in Lower Yampa River Segment 28.</t>
   </si>
   <si>
     <t>COUCYA22_B</t>
   </si>
   <si>
     <t>Catamount Lake</t>
   </si>
   <si>
     <t>COUCYA22_C</t>
   </si>
   <si>
     <t>All lakes and reservoirs tributary to the Yampa River from the source to the confluence with Elkhead Creek, except for those listed in Segment 21 and Pearl Lake. All lakes and reservoirs tributary to Elkhead Creek from the source to the confluence with the Yampa River,</t>
   </si>
   <si>
     <t>COUCYA22_D</t>
   </si>
   <si>
     <t>Pearl Lake</t>
   </si>
@@ -8216,51 +8312,51 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:I1270"/>
+  <dimension ref="A1:I1285"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" topLeftCell="A1" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="7.21875" customWidth="1"/>
     <col min="2" max="2" width="16.06640625" customWidth="1"/>
     <col min="3" max="3" width="19.2734375" customWidth="1"/>
     <col min="4" max="4" width="22.703125" customWidth="1"/>
     <col min="5" max="5" width="255" customWidth="1"/>
     <col min="6" max="6" width="4.55859375" customWidth="1"/>
     <col min="7" max="7" width="17.83203125" customWidth="1"/>
     <col min="8" max="8" width="22.58984375" customWidth="1"/>
     <col min="9" max="9" width="22.3828125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="12" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="12" t="s">
         <v>1</v>
       </c>
@@ -15041,24996 +15137,25371 @@
         <v>100343</v>
       </c>
       <c r="B272" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C272" s="4" t="s">
         <v>572</v>
       </c>
       <c r="D272" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E272" s="4" t="s">
         <v>573</v>
       </c>
       <c r="F272" s="4"/>
       <c r="G272" s="4"/>
       <c r="H272" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I272" s="4" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="4">
-        <v>100339</v>
+        <v>101271</v>
       </c>
       <c r="B273" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C273" s="4" t="s">
         <v>574</v>
       </c>
       <c r="D273" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E273" s="4" t="s">
         <v>575</v>
       </c>
       <c r="F273" s="4"/>
       <c r="G273" s="4"/>
       <c r="H273" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I273" s="4" t="s">
-        <v>382</v>
+        <v>576</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="4">
-        <v>100341</v>
+        <v>100339</v>
       </c>
       <c r="B274" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C274" s="4" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="D274" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E274" s="4" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="F274" s="4"/>
       <c r="G274" s="4"/>
       <c r="H274" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I274" s="4" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="4">
-        <v>100337</v>
+        <v>100341</v>
       </c>
       <c r="B275" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C275" s="4" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="D275" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E275" s="4" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="F275" s="4"/>
       <c r="G275" s="4"/>
       <c r="H275" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I275" s="4" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="4">
-        <v>100338</v>
+        <v>100337</v>
       </c>
       <c r="B276" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C276" s="4" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="D276" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E276" s="4" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="F276" s="4"/>
       <c r="G276" s="4"/>
       <c r="H276" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I276" s="4" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="4">
-        <v>100340</v>
+        <v>100338</v>
       </c>
       <c r="B277" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C277" s="4" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="D277" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E277" s="4" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="F277" s="4"/>
       <c r="G277" s="4"/>
       <c r="H277" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I277" s="4" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="4">
-        <v>100047</v>
+        <v>100340</v>
       </c>
       <c r="B278" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C278" s="4" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="D278" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E278" s="4" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="F278" s="4"/>
       <c r="G278" s="4"/>
       <c r="H278" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I278" s="4" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="4">
-        <v>101060</v>
+        <v>100047</v>
       </c>
       <c r="B279" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C279" s="4" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="D279" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E279" s="4" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="F279" s="4"/>
       <c r="G279" s="4"/>
       <c r="H279" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I279" s="4" t="s">
-        <v>14</v>
+        <v>382</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="4">
-        <v>100334</v>
+        <v>101060</v>
       </c>
       <c r="B280" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C280" s="4" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="D280" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E280" s="4" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="F280" s="4"/>
       <c r="G280" s="4"/>
       <c r="H280" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I280" s="4" t="s">
-        <v>382</v>
+        <v>14</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="4">
-        <v>100234</v>
+        <v>100334</v>
       </c>
       <c r="B281" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C281" s="4" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="D281" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E281" s="4" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="F281" s="4"/>
       <c r="G281" s="4"/>
       <c r="H281" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I281" s="4" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="4">
-        <v>101129</v>
+        <v>100234</v>
       </c>
       <c r="B282" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C282" s="4" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="D282" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E282" s="4" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="F282" s="4"/>
       <c r="G282" s="4"/>
       <c r="H282" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I282" s="4" t="s">
-        <v>594</v>
+        <v>382</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="4">
-        <v>101246</v>
+        <v>101129</v>
       </c>
       <c r="B283" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C283" s="4" t="s">
         <v>595</v>
       </c>
       <c r="D283" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E283" s="4" t="s">
         <v>596</v>
       </c>
       <c r="F283" s="4"/>
       <c r="G283" s="4"/>
       <c r="H283" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I283" s="4" t="s">
-        <v>22</v>
+        <v>597</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="4">
-        <v>100214</v>
+        <v>101246</v>
       </c>
       <c r="B284" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C284" s="4" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="D284" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E284" s="4" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="F284" s="4"/>
       <c r="G284" s="4"/>
       <c r="H284" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I284" s="4" t="s">
-        <v>382</v>
+        <v>22</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="4">
-        <v>101189</v>
+        <v>100214</v>
       </c>
       <c r="B285" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C285" s="4" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="D285" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E285" s="4" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="F285" s="4"/>
       <c r="G285" s="4"/>
       <c r="H285" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I285" s="4" t="s">
-        <v>22</v>
+        <v>382</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="4">
-        <v>100207</v>
+        <v>101189</v>
       </c>
       <c r="B286" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C286" s="4" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="D286" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E286" s="4" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="F286" s="4"/>
       <c r="G286" s="4"/>
       <c r="H286" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I286" s="4" t="s">
-        <v>158</v>
+        <v>22</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="4">
-        <v>100095</v>
+        <v>100207</v>
       </c>
       <c r="B287" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C287" s="4" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="D287" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E287" s="4" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="F287" s="4"/>
       <c r="G287" s="4"/>
       <c r="H287" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I287" s="4" t="s">
-        <v>605</v>
+        <v>158</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="4">
-        <v>101191</v>
+        <v>100095</v>
       </c>
       <c r="B288" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C288" s="4" t="s">
         <v>606</v>
       </c>
       <c r="D288" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E288" s="4" t="s">
         <v>607</v>
       </c>
       <c r="F288" s="4"/>
       <c r="G288" s="4"/>
       <c r="H288" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I288" s="4" t="s">
-        <v>22</v>
+        <v>608</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="4">
-        <v>101155</v>
+        <v>101191</v>
       </c>
       <c r="B289" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C289" s="4" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="D289" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E289" s="4" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="F289" s="4"/>
       <c r="G289" s="4"/>
       <c r="H289" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I289" s="4" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="4">
-        <v>100197</v>
+        <v>101155</v>
       </c>
       <c r="B290" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C290" s="4" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="D290" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E290" s="4" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="F290" s="4"/>
       <c r="G290" s="4"/>
       <c r="H290" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I290" s="4" t="s">
-        <v>382</v>
+        <v>22</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="4">
-        <v>100108</v>
+        <v>100197</v>
       </c>
       <c r="B291" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C291" s="4" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="D291" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E291" s="4" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="F291" s="4"/>
       <c r="G291" s="4"/>
       <c r="H291" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I291" s="4" t="s">
-        <v>27</v>
+        <v>382</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="4">
-        <v>100195</v>
+        <v>100108</v>
       </c>
       <c r="B292" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C292" s="4" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="D292" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E292" s="4" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="F292" s="4"/>
       <c r="G292" s="4"/>
       <c r="H292" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I292" s="4" t="s">
-        <v>382</v>
+        <v>27</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="4">
-        <v>101190</v>
+        <v>100195</v>
       </c>
       <c r="B293" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C293" s="4" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="D293" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E293" s="4" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="F293" s="4"/>
       <c r="G293" s="4"/>
       <c r="H293" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I293" s="4" t="s">
-        <v>22</v>
+        <v>382</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="4">
-        <v>100199</v>
+        <v>101190</v>
       </c>
       <c r="B294" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C294" s="4" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="D294" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E294" s="4" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="F294" s="4"/>
       <c r="G294" s="4"/>
       <c r="H294" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I294" s="4" t="s">
-        <v>382</v>
+        <v>22</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="4">
-        <v>100198</v>
+        <v>100199</v>
       </c>
       <c r="B295" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C295" s="4" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="D295" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E295" s="4" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="F295" s="4"/>
       <c r="G295" s="4"/>
       <c r="H295" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I295" s="4" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="4">
-        <v>100206</v>
+        <v>100198</v>
       </c>
       <c r="B296" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C296" s="4" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="D296" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E296" s="4" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="F296" s="4"/>
       <c r="G296" s="4"/>
       <c r="H296" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I296" s="4" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="4">
-        <v>100171</v>
+        <v>100206</v>
       </c>
       <c r="B297" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C297" s="4" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="D297" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E297" s="4" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="F297" s="4"/>
       <c r="G297" s="4"/>
       <c r="H297" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I297" s="4" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="4">
-        <v>100172</v>
+        <v>100171</v>
       </c>
       <c r="B298" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C298" s="4" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="D298" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E298" s="4" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="F298" s="4"/>
       <c r="G298" s="4"/>
       <c r="H298" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I298" s="4" t="s">
-        <v>594</v>
+        <v>382</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="4">
-        <v>100202</v>
+        <v>100172</v>
       </c>
       <c r="B299" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C299" s="4" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="D299" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E299" s="4" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="F299" s="4"/>
       <c r="G299" s="4"/>
       <c r="H299" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I299" s="4" t="s">
-        <v>382</v>
+        <v>597</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="4">
-        <v>100200</v>
+        <v>100202</v>
       </c>
       <c r="B300" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C300" s="4" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="D300" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E300" s="4" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="F300" s="4"/>
       <c r="G300" s="4"/>
       <c r="H300" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I300" s="4" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="4">
-        <v>101037</v>
+        <v>100200</v>
       </c>
       <c r="B301" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C301" s="4" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="D301" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E301" s="4" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="F301" s="4"/>
       <c r="G301" s="4"/>
       <c r="H301" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I301" s="4" t="s">
-        <v>14</v>
+        <v>382</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="4">
-        <v>101239</v>
+        <v>101037</v>
       </c>
       <c r="B302" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C302" s="4" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="D302" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E302" s="4" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="F302" s="4"/>
       <c r="G302" s="4"/>
       <c r="H302" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I302" s="4" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="4">
-        <v>100204</v>
+        <v>101239</v>
       </c>
       <c r="B303" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C303" s="4" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="D303" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E303" s="4" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="F303" s="4"/>
       <c r="G303" s="4"/>
       <c r="H303" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I303" s="4" t="s">
-        <v>382</v>
+        <v>22</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="4">
-        <v>100205</v>
+        <v>100204</v>
       </c>
       <c r="B304" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C304" s="4" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="D304" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E304" s="4" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="F304" s="4"/>
       <c r="G304" s="4"/>
       <c r="H304" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I304" s="4" t="s">
-        <v>640</v>
+        <v>382</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="4">
-        <v>101222</v>
+        <v>100205</v>
       </c>
       <c r="B305" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C305" s="4" t="s">
         <v>641</v>
       </c>
       <c r="D305" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E305" s="4" t="s">
         <v>642</v>
       </c>
       <c r="F305" s="4"/>
       <c r="G305" s="4"/>
       <c r="H305" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I305" s="4" t="s">
-        <v>22</v>
+        <v>643</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="4">
-        <v>101056</v>
+        <v>101222</v>
       </c>
       <c r="B306" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C306" s="4" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="D306" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E306" s="4" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="F306" s="4"/>
       <c r="G306" s="4"/>
       <c r="H306" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I306" s="4" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="4">
-        <v>100196</v>
+        <v>101056</v>
       </c>
       <c r="B307" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C307" s="4" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="D307" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E307" s="4" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="F307" s="4"/>
       <c r="G307" s="4"/>
       <c r="H307" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I307" s="4" t="s">
-        <v>382</v>
+        <v>14</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="4">
-        <v>100201</v>
+        <v>100196</v>
       </c>
       <c r="B308" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C308" s="4" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="D308" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E308" s="4" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="F308" s="4"/>
       <c r="G308" s="4"/>
       <c r="H308" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I308" s="4" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="4">
-        <v>100094</v>
+        <v>100201</v>
       </c>
       <c r="B309" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C309" s="4" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="D309" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E309" s="4" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="F309" s="4"/>
       <c r="G309" s="4"/>
       <c r="H309" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I309" s="4" t="s">
-        <v>17</v>
+        <v>382</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="4">
-        <v>101048</v>
+        <v>100094</v>
       </c>
       <c r="B310" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C310" s="4" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="D310" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E310" s="4" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="F310" s="4"/>
       <c r="G310" s="4"/>
       <c r="H310" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I310" s="4" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="4">
-        <v>100227</v>
+        <v>101048</v>
       </c>
       <c r="B311" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C311" s="4" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="D311" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E311" s="4" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="F311" s="4"/>
       <c r="G311" s="4"/>
       <c r="H311" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I311" s="4" t="s">
-        <v>382</v>
+        <v>14</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="4">
-        <v>100225</v>
+        <v>100227</v>
       </c>
       <c r="B312" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C312" s="4" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="D312" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E312" s="4" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="F312" s="4"/>
       <c r="G312" s="4"/>
       <c r="H312" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I312" s="4" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="4">
-        <v>100226</v>
+        <v>100225</v>
       </c>
       <c r="B313" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C313" s="4" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="D313" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E313" s="4" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="F313" s="4"/>
       <c r="G313" s="4"/>
       <c r="H313" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I313" s="4" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="4">
-        <v>101257</v>
+        <v>100226</v>
       </c>
       <c r="B314" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C314" s="4" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="D314" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E314" s="4" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="F314" s="4"/>
       <c r="G314" s="4"/>
       <c r="H314" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I314" s="4" t="s">
-        <v>511</v>
+        <v>382</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="4">
-        <v>101192</v>
+        <v>101257</v>
       </c>
       <c r="B315" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C315" s="4" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="D315" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E315" s="4" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="F315" s="4"/>
       <c r="G315" s="4"/>
       <c r="H315" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I315" s="4" t="s">
-        <v>22</v>
+        <v>511</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="4">
-        <v>101193</v>
+        <v>101192</v>
       </c>
       <c r="B316" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C316" s="4" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="D316" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E316" s="4" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="F316" s="4"/>
       <c r="G316" s="4"/>
       <c r="H316" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I316" s="4" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="4">
-        <v>100224</v>
+        <v>101193</v>
       </c>
       <c r="B317" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C317" s="4" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="D317" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E317" s="4" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="F317" s="4"/>
       <c r="G317" s="4"/>
       <c r="H317" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I317" s="4" t="s">
-        <v>382</v>
+        <v>22</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="4">
-        <v>100209</v>
+        <v>100224</v>
       </c>
       <c r="B318" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C318" s="4" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="D318" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E318" s="4" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="F318" s="4"/>
       <c r="G318" s="4"/>
       <c r="H318" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I318" s="4" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="4">
-        <v>100229</v>
+        <v>100209</v>
       </c>
       <c r="B319" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C319" s="4" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="D319" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E319" s="4" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="F319" s="4"/>
       <c r="G319" s="4"/>
       <c r="H319" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I319" s="4" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="4">
-        <v>100008</v>
+        <v>100229</v>
       </c>
       <c r="B320" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C320" s="4" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="D320" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E320" s="4" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="F320" s="4"/>
       <c r="G320" s="4"/>
       <c r="H320" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I320" s="4" t="s">
-        <v>27</v>
+        <v>382</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="4">
-        <v>100237</v>
+        <v>100008</v>
       </c>
       <c r="B321" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C321" s="4" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="D321" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E321" s="4" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="F321" s="4"/>
       <c r="G321" s="4"/>
       <c r="H321" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I321" s="4" t="s">
-        <v>382</v>
+        <v>27</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="4">
-        <v>100235</v>
+        <v>100237</v>
       </c>
       <c r="B322" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C322" s="4" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="D322" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E322" s="4" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="F322" s="4"/>
       <c r="G322" s="4"/>
       <c r="H322" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I322" s="4" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="4">
-        <v>100170</v>
+        <v>100235</v>
       </c>
       <c r="B323" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C323" s="4" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="D323" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E323" s="4" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="F323" s="4"/>
       <c r="G323" s="4"/>
       <c r="H323" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I323" s="4" t="s">
-        <v>17</v>
+        <v>382</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="4">
-        <v>101161</v>
+        <v>100170</v>
       </c>
       <c r="B324" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C324" s="4" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="D324" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E324" s="4" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="F324" s="4"/>
       <c r="G324" s="4"/>
       <c r="H324" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I324" s="4" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="4">
-        <v>100238</v>
+        <v>101161</v>
       </c>
       <c r="B325" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C325" s="4" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="D325" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E325" s="4" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="F325" s="4"/>
       <c r="G325" s="4"/>
       <c r="H325" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I325" s="4" t="s">
-        <v>158</v>
+        <v>22</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="4">
-        <v>100236</v>
+        <v>100238</v>
       </c>
       <c r="B326" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C326" s="4" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="D326" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E326" s="4" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="F326" s="4"/>
       <c r="G326" s="4"/>
       <c r="H326" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I326" s="4" t="s">
-        <v>382</v>
+        <v>158</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="4">
-        <v>100233</v>
+        <v>100236</v>
       </c>
       <c r="B327" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C327" s="4" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="D327" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E327" s="4" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="F327" s="4"/>
       <c r="G327" s="4"/>
       <c r="H327" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I327" s="4" t="s">
-        <v>158</v>
+        <v>382</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="4">
-        <v>100232</v>
+        <v>100233</v>
       </c>
       <c r="B328" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C328" s="4" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="D328" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E328" s="4" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="F328" s="4"/>
       <c r="G328" s="4"/>
       <c r="H328" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I328" s="4" t="s">
-        <v>382</v>
+        <v>158</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="4">
-        <v>100231</v>
+        <v>100232</v>
       </c>
       <c r="B329" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C329" s="4" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="D329" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E329" s="4" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="F329" s="4"/>
       <c r="G329" s="4"/>
       <c r="H329" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I329" s="4" t="s">
-        <v>158</v>
+        <v>382</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="4">
-        <v>100230</v>
+        <v>100231</v>
       </c>
       <c r="B330" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C330" s="4" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="D330" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E330" s="4" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="F330" s="4"/>
       <c r="G330" s="4"/>
       <c r="H330" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I330" s="4" t="s">
-        <v>382</v>
+        <v>158</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="4">
-        <v>100208</v>
+        <v>100230</v>
       </c>
       <c r="B331" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C331" s="4" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="D331" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E331" s="4" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="F331" s="4"/>
       <c r="G331" s="4"/>
       <c r="H331" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I331" s="4" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="4">
-        <v>100215</v>
+        <v>100208</v>
       </c>
       <c r="B332" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C332" s="4" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="D332" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E332" s="4" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="F332" s="4"/>
       <c r="G332" s="4"/>
       <c r="H332" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I332" s="4" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="4">
-        <v>100216</v>
+        <v>100215</v>
       </c>
       <c r="B333" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C333" s="4" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="D333" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E333" s="4" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="F333" s="4"/>
       <c r="G333" s="4"/>
       <c r="H333" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I333" s="4" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="4">
-        <v>100213</v>
+        <v>100216</v>
       </c>
       <c r="B334" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C334" s="4" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="D334" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E334" s="4" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="F334" s="4"/>
       <c r="G334" s="4"/>
       <c r="H334" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I334" s="4" t="s">
-        <v>17</v>
+        <v>382</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="4">
-        <v>100222</v>
+        <v>100213</v>
       </c>
       <c r="B335" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C335" s="4" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="D335" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E335" s="4" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="F335" s="4"/>
       <c r="G335" s="4"/>
       <c r="H335" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I335" s="4" t="s">
-        <v>382</v>
+        <v>17</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="4">
-        <v>100223</v>
+        <v>100222</v>
       </c>
       <c r="B336" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C336" s="4" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="D336" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E336" s="4" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="F336" s="4"/>
       <c r="G336" s="4"/>
       <c r="H336" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I336" s="4" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="4">
-        <v>100218</v>
+        <v>100223</v>
       </c>
       <c r="B337" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C337" s="4" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="D337" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E337" s="4" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="F337" s="4"/>
       <c r="G337" s="4"/>
       <c r="H337" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I337" s="4" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="4">
-        <v>100228</v>
+        <v>100218</v>
       </c>
       <c r="B338" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C338" s="4" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="D338" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E338" s="4" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="F338" s="4"/>
       <c r="G338" s="4"/>
       <c r="H338" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I338" s="4" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="4">
-        <v>100217</v>
+        <v>100228</v>
       </c>
       <c r="B339" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C339" s="4" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="D339" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E339" s="4" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="F339" s="4"/>
       <c r="G339" s="4"/>
       <c r="H339" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I339" s="4" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="4">
-        <v>100219</v>
+        <v>100217</v>
       </c>
       <c r="B340" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C340" s="4" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="D340" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E340" s="4" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="F340" s="4"/>
       <c r="G340" s="4"/>
       <c r="H340" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I340" s="4" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="4">
-        <v>100221</v>
+        <v>100219</v>
       </c>
       <c r="B341" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C341" s="4" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="D341" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E341" s="4" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="F341" s="4"/>
       <c r="G341" s="4"/>
       <c r="H341" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I341" s="4" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="4">
-        <v>101224</v>
+        <v>100221</v>
       </c>
       <c r="B342" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C342" s="4" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="D342" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E342" s="4" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="F342" s="4"/>
       <c r="G342" s="4"/>
       <c r="H342" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I342" s="4" t="s">
-        <v>22</v>
+        <v>382</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="4">
-        <v>100220</v>
+        <v>101224</v>
       </c>
       <c r="B343" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C343" s="4" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="D343" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E343" s="4" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="F343" s="4"/>
       <c r="G343" s="4"/>
       <c r="H343" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I343" s="4" t="s">
-        <v>382</v>
+        <v>22</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="4">
-        <v>101130</v>
+        <v>100220</v>
       </c>
       <c r="B344" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C344" s="4" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="D344" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E344" s="4" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="F344" s="4"/>
       <c r="G344" s="4"/>
       <c r="H344" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I344" s="4" t="s">
-        <v>82</v>
+        <v>382</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="4">
-        <v>100194</v>
+        <v>101130</v>
       </c>
       <c r="B345" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C345" s="4" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="D345" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E345" s="4" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="F345" s="4"/>
       <c r="G345" s="4"/>
       <c r="H345" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I345" s="4" t="s">
-        <v>382</v>
+        <v>82</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="4">
-        <v>101142</v>
+        <v>100194</v>
       </c>
       <c r="B346" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C346" s="4" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="D346" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E346" s="4" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="F346" s="4"/>
       <c r="G346" s="4"/>
       <c r="H346" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I346" s="4" t="s">
-        <v>252</v>
+        <v>382</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="4">
-        <v>101223</v>
+        <v>101142</v>
       </c>
       <c r="B347" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C347" s="4" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="D347" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E347" s="4" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="F347" s="4"/>
       <c r="G347" s="4"/>
       <c r="H347" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I347" s="4" t="s">
-        <v>22</v>
+        <v>252</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="4">
-        <v>100281</v>
+        <v>101223</v>
       </c>
       <c r="B348" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C348" s="4" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="D348" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E348" s="4" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="F348" s="4"/>
       <c r="G348" s="4"/>
       <c r="H348" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I348" s="4" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="4">
-        <v>101251</v>
+        <v>100281</v>
       </c>
       <c r="B349" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C349" s="4" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="D349" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E349" s="4" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="F349" s="4"/>
       <c r="G349" s="4"/>
       <c r="H349" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I349" s="4" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="4">
-        <v>101199</v>
+        <v>101251</v>
       </c>
       <c r="B350" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C350" s="4" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="D350" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E350" s="4" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="F350" s="4"/>
       <c r="G350" s="4"/>
       <c r="H350" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I350" s="4" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="4">
-        <v>100280</v>
+        <v>101199</v>
       </c>
       <c r="B351" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C351" s="4" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="D351" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E351" s="4" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="F351" s="4"/>
       <c r="G351" s="4"/>
       <c r="H351" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I351" s="4" t="s">
-        <v>382</v>
+        <v>22</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="4">
-        <v>100279</v>
+        <v>100280</v>
       </c>
       <c r="B352" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C352" s="4" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="D352" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E352" s="4" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="F352" s="4"/>
       <c r="G352" s="4"/>
       <c r="H352" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I352" s="4" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="4">
-        <v>100109</v>
+        <v>100279</v>
       </c>
       <c r="B353" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C353" s="4" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="D353" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E353" s="4" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="F353" s="4"/>
       <c r="G353" s="4"/>
       <c r="H353" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I353" s="4" t="s">
-        <v>27</v>
+        <v>382</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="4">
-        <v>100278</v>
+        <v>100109</v>
       </c>
       <c r="B354" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C354" s="4" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="D354" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E354" s="4" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="F354" s="4"/>
       <c r="G354" s="4"/>
       <c r="H354" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I354" s="4" t="s">
-        <v>382</v>
+        <v>27</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="4">
-        <v>100277</v>
+        <v>100278</v>
       </c>
       <c r="B355" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C355" s="4" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="D355" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E355" s="4" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="F355" s="4"/>
       <c r="G355" s="4"/>
       <c r="H355" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I355" s="4" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="4">
-        <v>100276</v>
+        <v>100277</v>
       </c>
       <c r="B356" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C356" s="4" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="D356" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E356" s="4" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="F356" s="4"/>
       <c r="G356" s="4"/>
       <c r="H356" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I356" s="4" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="4">
-        <v>100275</v>
+        <v>100276</v>
       </c>
       <c r="B357" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C357" s="4" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="D357" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E357" s="4" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="F357" s="4"/>
       <c r="G357" s="4"/>
       <c r="H357" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I357" s="4" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="4">
-        <v>100274</v>
+        <v>100275</v>
       </c>
       <c r="B358" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C358" s="4" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="D358" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E358" s="4" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="F358" s="4"/>
       <c r="G358" s="4"/>
       <c r="H358" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I358" s="4" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="4">
-        <v>100092</v>
+        <v>100274</v>
       </c>
       <c r="B359" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C359" s="4" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="D359" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E359" s="4" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="F359" s="4"/>
       <c r="G359" s="4"/>
       <c r="H359" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I359" s="4" t="s">
-        <v>27</v>
+        <v>382</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="4">
-        <v>101111</v>
+        <v>100092</v>
       </c>
       <c r="B360" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C360" s="4" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="D360" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E360" s="4" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="F360" s="4"/>
       <c r="G360" s="4"/>
       <c r="H360" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I360" s="4" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="4">
-        <v>101107</v>
+        <v>101111</v>
       </c>
       <c r="B361" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C361" s="4" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="D361" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E361" s="4" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="F361" s="4"/>
       <c r="G361" s="4"/>
       <c r="H361" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I361" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="4">
-        <v>101108</v>
+        <v>101107</v>
       </c>
       <c r="B362" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C362" s="4" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="D362" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E362" s="4" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="F362" s="4"/>
       <c r="G362" s="4"/>
       <c r="H362" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I362" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="4">
-        <v>100301</v>
+        <v>101108</v>
       </c>
       <c r="B363" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C363" s="4" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="D363" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E363" s="4" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="F363" s="4"/>
       <c r="G363" s="4"/>
       <c r="H363" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I363" s="4" t="s">
-        <v>382</v>
+        <v>14</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="4">
-        <v>100283</v>
+        <v>100301</v>
       </c>
       <c r="B364" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C364" s="4" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="D364" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E364" s="4" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="F364" s="4"/>
       <c r="G364" s="4"/>
       <c r="H364" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I364" s="4" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="4">
-        <v>100282</v>
+        <v>100283</v>
       </c>
       <c r="B365" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C365" s="4" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="D365" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E365" s="4" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="F365" s="4"/>
       <c r="G365" s="4"/>
       <c r="H365" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I365" s="4" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="4">
-        <v>101202</v>
+        <v>100282</v>
       </c>
       <c r="B366" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C366" s="4" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="D366" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E366" s="4" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="F366" s="4"/>
       <c r="G366" s="4"/>
       <c r="H366" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I366" s="4" t="s">
-        <v>22</v>
+        <v>382</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="4">
-        <v>100305</v>
+        <v>101202</v>
       </c>
       <c r="B367" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C367" s="4" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="D367" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E367" s="4" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="F367" s="4"/>
       <c r="G367" s="4"/>
       <c r="H367" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I367" s="4" t="s">
-        <v>382</v>
+        <v>22</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="4">
-        <v>100306</v>
+        <v>100305</v>
       </c>
       <c r="B368" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C368" s="4" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="D368" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E368" s="4" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="F368" s="4"/>
       <c r="G368" s="4"/>
       <c r="H368" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I368" s="4" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="4">
-        <v>100304</v>
+        <v>100306</v>
       </c>
       <c r="B369" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C369" s="4" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="D369" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E369" s="4" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="F369" s="4"/>
       <c r="G369" s="4"/>
       <c r="H369" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I369" s="4" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="4">
-        <v>100302</v>
+        <v>100304</v>
       </c>
       <c r="B370" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C370" s="4" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="D370" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E370" s="4" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="F370" s="4"/>
       <c r="G370" s="4"/>
       <c r="H370" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I370" s="4" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="4">
-        <v>100303</v>
+        <v>100302</v>
       </c>
       <c r="B371" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C371" s="4" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="D371" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E371" s="4" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="F371" s="4"/>
       <c r="G371" s="4"/>
       <c r="H371" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I371" s="4" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="4">
-        <v>100291</v>
+        <v>100303</v>
       </c>
       <c r="B372" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C372" s="4" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="D372" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E372" s="4" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="F372" s="4"/>
       <c r="G372" s="4"/>
       <c r="H372" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I372" s="4" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="4">
-        <v>100300</v>
+        <v>100291</v>
       </c>
       <c r="B373" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C373" s="4" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="D373" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E373" s="4" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="F373" s="4"/>
       <c r="G373" s="4"/>
       <c r="H373" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I373" s="4" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="4">
-        <v>100297</v>
+        <v>100300</v>
       </c>
       <c r="B374" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C374" s="4" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="D374" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E374" s="4" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="F374" s="4"/>
       <c r="G374" s="4"/>
       <c r="H374" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I374" s="4" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="4">
-        <v>100299</v>
+        <v>100297</v>
       </c>
       <c r="B375" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C375" s="4" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="D375" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E375" s="4" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="F375" s="4"/>
       <c r="G375" s="4"/>
       <c r="H375" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I375" s="4" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="4">
-        <v>100298</v>
+        <v>100299</v>
       </c>
       <c r="B376" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C376" s="4" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="D376" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E376" s="4" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="F376" s="4"/>
       <c r="G376" s="4"/>
       <c r="H376" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I376" s="4" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="4">
-        <v>100290</v>
+        <v>100298</v>
       </c>
       <c r="B377" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C377" s="4" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="D377" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E377" s="4" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="F377" s="4"/>
       <c r="G377" s="4"/>
       <c r="H377" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I377" s="4" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="4">
-        <v>100295</v>
+        <v>100290</v>
       </c>
       <c r="B378" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C378" s="4" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="D378" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E378" s="4" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="F378" s="4"/>
       <c r="G378" s="4"/>
       <c r="H378" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I378" s="4" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="4">
-        <v>100292</v>
+        <v>100295</v>
       </c>
       <c r="B379" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C379" s="4" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="D379" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E379" s="4" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="F379" s="4"/>
       <c r="G379" s="4"/>
       <c r="H379" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I379" s="4" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="4">
-        <v>100296</v>
+        <v>100292</v>
       </c>
       <c r="B380" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C380" s="4" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="D380" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E380" s="4" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="F380" s="4"/>
       <c r="G380" s="4"/>
       <c r="H380" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I380" s="4" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="4">
-        <v>101225</v>
+        <v>100296</v>
       </c>
       <c r="B381" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C381" s="4" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="D381" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E381" s="4" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="F381" s="4"/>
       <c r="G381" s="4"/>
       <c r="H381" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I381" s="4" t="s">
-        <v>22</v>
+        <v>382</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" s="4">
-        <v>100284</v>
+        <v>101225</v>
       </c>
       <c r="B382" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C382" s="4" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="D382" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E382" s="4" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="F382" s="4"/>
       <c r="G382" s="4"/>
       <c r="H382" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I382" s="4" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="4">
-        <v>100294</v>
+        <v>100284</v>
       </c>
       <c r="B383" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C383" s="4" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="D383" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E383" s="4" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="F383" s="4"/>
       <c r="G383" s="4"/>
       <c r="H383" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I383" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="4">
-        <v>100287</v>
+        <v>100294</v>
       </c>
       <c r="B384" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C384" s="4" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="D384" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E384" s="4" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="F384" s="4"/>
       <c r="G384" s="4"/>
       <c r="H384" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I384" s="4" t="s">
-        <v>382</v>
+        <v>17</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="4">
-        <v>100286</v>
+        <v>100287</v>
       </c>
       <c r="B385" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C385" s="4" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="D385" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E385" s="4" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="F385" s="4"/>
       <c r="G385" s="4"/>
       <c r="H385" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I385" s="4" t="s">
-        <v>17</v>
+        <v>382</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="4">
-        <v>101201</v>
+        <v>100286</v>
       </c>
       <c r="B386" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C386" s="4" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="D386" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E386" s="4" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="F386" s="4"/>
       <c r="G386" s="4"/>
       <c r="H386" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I386" s="4" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="4">
-        <v>101200</v>
+        <v>101201</v>
       </c>
       <c r="B387" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C387" s="4" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="D387" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E387" s="4" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="F387" s="4"/>
       <c r="G387" s="4"/>
       <c r="H387" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I387" s="4" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="4">
-        <v>100285</v>
+        <v>101200</v>
       </c>
       <c r="B388" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C388" s="4" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="D388" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E388" s="4" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="F388" s="4"/>
       <c r="G388" s="4"/>
       <c r="H388" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I388" s="4" t="s">
-        <v>382</v>
+        <v>22</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="4">
-        <v>100288</v>
+        <v>100285</v>
       </c>
       <c r="B389" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C389" s="4" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="D389" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E389" s="4" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="F389" s="4"/>
       <c r="G389" s="4"/>
       <c r="H389" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I389" s="4" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="4">
-        <v>100289</v>
+        <v>100288</v>
       </c>
       <c r="B390" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C390" s="4" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="D390" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E390" s="4" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="F390" s="4"/>
       <c r="G390" s="4"/>
       <c r="H390" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I390" s="4" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="4">
-        <v>100293</v>
+        <v>100289</v>
       </c>
       <c r="B391" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C391" s="4" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="D391" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E391" s="4" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="F391" s="4"/>
       <c r="G391" s="4"/>
       <c r="H391" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I391" s="4" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="4">
-        <v>100273</v>
+        <v>100293</v>
       </c>
       <c r="B392" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C392" s="4" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="D392" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E392" s="4" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="F392" s="4"/>
       <c r="G392" s="4"/>
       <c r="H392" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I392" s="4" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="4">
-        <v>101136</v>
+        <v>100273</v>
       </c>
       <c r="B393" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C393" s="4" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="D393" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E393" s="4" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="F393" s="4"/>
       <c r="G393" s="4"/>
       <c r="H393" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I393" s="4" t="s">
-        <v>252</v>
+        <v>382</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="4">
-        <v>100086</v>
+        <v>101136</v>
       </c>
       <c r="B394" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C394" s="4" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="D394" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E394" s="4" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="F394" s="4"/>
       <c r="G394" s="4"/>
       <c r="H394" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I394" s="4" t="s">
-        <v>27</v>
+        <v>252</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="4">
-        <v>101051</v>
+        <v>100086</v>
       </c>
       <c r="B395" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C395" s="4" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="D395" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E395" s="4" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="F395" s="4"/>
       <c r="G395" s="4"/>
       <c r="H395" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I395" s="4" t="s">
-        <v>594</v>
+        <v>27</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="4">
-        <v>100087</v>
+        <v>101051</v>
       </c>
       <c r="B396" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C396" s="4" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="D396" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E396" s="4" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="F396" s="4"/>
       <c r="G396" s="4"/>
       <c r="H396" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I396" s="4" t="s">
-        <v>17</v>
+        <v>597</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="4">
-        <v>100361</v>
+        <v>100087</v>
       </c>
       <c r="B397" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C397" s="4" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="D397" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E397" s="4" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="F397" s="4"/>
       <c r="G397" s="4"/>
       <c r="H397" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I397" s="4" t="s">
-        <v>382</v>
+        <v>17</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="4">
-        <v>101116</v>
+        <v>100361</v>
       </c>
       <c r="B398" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C398" s="4" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="D398" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E398" s="4" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="F398" s="4"/>
       <c r="G398" s="4"/>
       <c r="H398" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I398" s="4" t="s">
-        <v>14</v>
+        <v>382</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="4">
-        <v>100088</v>
+        <v>101116</v>
       </c>
       <c r="B399" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C399" s="4" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="D399" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E399" s="4" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="F399" s="4"/>
       <c r="G399" s="4"/>
       <c r="H399" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I399" s="4" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="4">
-        <v>101153</v>
+        <v>100088</v>
       </c>
       <c r="B400" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C400" s="4" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="D400" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E400" s="4" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="F400" s="4"/>
       <c r="G400" s="4"/>
       <c r="H400" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I400" s="4" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="4">
-        <v>101154</v>
+        <v>101153</v>
       </c>
       <c r="B401" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C401" s="4" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="D401" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E401" s="4" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="F401" s="4"/>
       <c r="G401" s="4"/>
       <c r="H401" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I401" s="4" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" s="4">
-        <v>100362</v>
+        <v>101154</v>
       </c>
       <c r="B402" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C402" s="4" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="D402" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E402" s="4" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="F402" s="4"/>
       <c r="G402" s="4"/>
       <c r="H402" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I402" s="4" t="s">
-        <v>382</v>
+        <v>22</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="4">
-        <v>100377</v>
+        <v>100362</v>
       </c>
       <c r="B403" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C403" s="4" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="D403" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E403" s="4" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="F403" s="4"/>
       <c r="G403" s="4"/>
       <c r="H403" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I403" s="4" t="s">
-        <v>839</v>
+        <v>382</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="4">
-        <v>100388</v>
+        <v>100377</v>
       </c>
       <c r="B404" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C404" s="4" t="s">
         <v>840</v>
       </c>
       <c r="D404" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E404" s="4" t="s">
         <v>841</v>
       </c>
       <c r="F404" s="4"/>
       <c r="G404" s="4"/>
       <c r="H404" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I404" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="4">
-        <v>100392</v>
+        <v>100388</v>
       </c>
       <c r="B405" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C405" s="4" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="D405" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E405" s="4" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="F405" s="4"/>
       <c r="G405" s="4"/>
       <c r="H405" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I405" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="4">
-        <v>100391</v>
+        <v>100392</v>
       </c>
       <c r="B406" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C406" s="4" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="D406" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E406" s="4" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="F406" s="4"/>
       <c r="G406" s="4"/>
       <c r="H406" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I406" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="4">
-        <v>100380</v>
+        <v>100391</v>
       </c>
       <c r="B407" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C407" s="4" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="D407" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E407" s="4" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="F407" s="4"/>
       <c r="G407" s="4"/>
       <c r="H407" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I407" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="4">
-        <v>100376</v>
+        <v>100380</v>
       </c>
       <c r="B408" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C408" s="4" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="D408" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E408" s="4" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="F408" s="4"/>
       <c r="G408" s="4"/>
       <c r="H408" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I408" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="4">
-        <v>100390</v>
+        <v>100376</v>
       </c>
       <c r="B409" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C409" s="4" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="D409" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E409" s="4" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="F409" s="4"/>
       <c r="G409" s="4"/>
       <c r="H409" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I409" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="4">
-        <v>100363</v>
+        <v>100390</v>
       </c>
       <c r="B410" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C410" s="4" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="D410" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E410" s="4" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="F410" s="4"/>
       <c r="G410" s="4"/>
       <c r="H410" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I410" s="4" t="s">
-        <v>382</v>
+        <v>842</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="4">
-        <v>100366</v>
+        <v>101272</v>
       </c>
       <c r="B411" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C411" s="4" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="D411" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E411" s="4" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="F411" s="4"/>
       <c r="G411" s="4"/>
       <c r="H411" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I411" s="4" t="s">
-        <v>839</v>
+        <v>576</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="4">
-        <v>100387</v>
+        <v>100363</v>
       </c>
       <c r="B412" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C412" s="4" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="D412" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E412" s="4" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="F412" s="4"/>
       <c r="G412" s="4"/>
       <c r="H412" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I412" s="4" t="s">
-        <v>839</v>
+        <v>382</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="4">
-        <v>100389</v>
+        <v>100366</v>
       </c>
       <c r="B413" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C413" s="4" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="D413" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E413" s="4" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="F413" s="4"/>
       <c r="G413" s="4"/>
       <c r="H413" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I413" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="4">
-        <v>100386</v>
+        <v>100387</v>
       </c>
       <c r="B414" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C414" s="4" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="D414" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E414" s="4" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="F414" s="4"/>
       <c r="G414" s="4"/>
       <c r="H414" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I414" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="4">
-        <v>100383</v>
+        <v>100389</v>
       </c>
       <c r="B415" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C415" s="4" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="D415" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E415" s="4" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="F415" s="4"/>
       <c r="G415" s="4"/>
       <c r="H415" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I415" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="4">
-        <v>100381</v>
+        <v>100386</v>
       </c>
       <c r="B416" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C416" s="4" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="D416" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E416" s="4" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="F416" s="4"/>
       <c r="G416" s="4"/>
       <c r="H416" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I416" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="4">
-        <v>100382</v>
+        <v>100383</v>
       </c>
       <c r="B417" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C417" s="4" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="D417" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E417" s="4" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="F417" s="4"/>
       <c r="G417" s="4"/>
       <c r="H417" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I417" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="4">
-        <v>100374</v>
+        <v>100381</v>
       </c>
       <c r="B418" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C418" s="4" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="D418" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E418" s="4" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="F418" s="4"/>
       <c r="G418" s="4"/>
       <c r="H418" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I418" s="4" t="s">
-        <v>317</v>
+        <v>842</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="4">
-        <v>100373</v>
+        <v>100382</v>
       </c>
       <c r="B419" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C419" s="4" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="D419" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E419" s="4" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="F419" s="4"/>
       <c r="G419" s="4"/>
       <c r="H419" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I419" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="4">
-        <v>100371</v>
+        <v>100374</v>
       </c>
       <c r="B420" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C420" s="4" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="D420" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E420" s="4" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="F420" s="4"/>
       <c r="G420" s="4"/>
       <c r="H420" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I420" s="4" t="s">
-        <v>839</v>
+        <v>317</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="4">
-        <v>100364</v>
+        <v>101273</v>
       </c>
       <c r="B421" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C421" s="4" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="D421" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E421" s="4" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="F421" s="4"/>
       <c r="G421" s="4"/>
       <c r="H421" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I421" s="4" t="s">
-        <v>158</v>
+        <v>576</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="4">
-        <v>100372</v>
+        <v>100373</v>
       </c>
       <c r="B422" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C422" s="4" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="D422" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E422" s="4" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="F422" s="4"/>
       <c r="G422" s="4"/>
       <c r="H422" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I422" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="4">
-        <v>100359</v>
+        <v>100371</v>
       </c>
       <c r="B423" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C423" s="4" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="D423" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E423" s="4" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="F423" s="4"/>
       <c r="G423" s="4"/>
       <c r="H423" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I423" s="4" t="s">
-        <v>17</v>
+        <v>842</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="4">
-        <v>100368</v>
+        <v>100364</v>
       </c>
       <c r="B424" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C424" s="4" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="D424" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E424" s="4" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="F424" s="4"/>
       <c r="G424" s="4"/>
       <c r="H424" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I424" s="4" t="s">
-        <v>839</v>
+        <v>158</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="4">
-        <v>100369</v>
+        <v>100372</v>
       </c>
       <c r="B425" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C425" s="4" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="D425" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E425" s="4" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="F425" s="4"/>
       <c r="G425" s="4"/>
       <c r="H425" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I425" s="4" t="s">
-        <v>17</v>
+        <v>842</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="4">
-        <v>100370</v>
+        <v>100359</v>
       </c>
       <c r="B426" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C426" s="4" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="D426" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E426" s="4" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="F426" s="4"/>
       <c r="G426" s="4"/>
       <c r="H426" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I426" s="4" t="s">
-        <v>839</v>
+        <v>17</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="4">
-        <v>101227</v>
+        <v>100368</v>
       </c>
       <c r="B427" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C427" s="4" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="D427" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E427" s="4" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="F427" s="4"/>
       <c r="G427" s="4"/>
       <c r="H427" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I427" s="4" t="s">
-        <v>22</v>
+        <v>842</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="4">
-        <v>101216</v>
+        <v>100369</v>
       </c>
       <c r="B428" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C428" s="4" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="D428" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E428" s="4" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="F428" s="4"/>
       <c r="G428" s="4"/>
       <c r="H428" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I428" s="4" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="4">
-        <v>101117</v>
+        <v>100370</v>
       </c>
       <c r="B429" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C429" s="4" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="D429" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E429" s="4" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="F429" s="4"/>
       <c r="G429" s="4"/>
       <c r="H429" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I429" s="4" t="s">
-        <v>14</v>
+        <v>842</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="4">
-        <v>100005</v>
+        <v>101227</v>
       </c>
       <c r="B430" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C430" s="4" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="D430" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E430" s="4" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="F430" s="4"/>
       <c r="G430" s="4"/>
       <c r="H430" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I430" s="4" t="s">
-        <v>382</v>
+        <v>22</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="4">
-        <v>100393</v>
+        <v>101216</v>
       </c>
       <c r="B431" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C431" s="4" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="D431" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E431" s="4" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="F431" s="4"/>
       <c r="G431" s="4"/>
       <c r="H431" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I431" s="4" t="s">
-        <v>839</v>
+        <v>22</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="4">
-        <v>100395</v>
+        <v>101117</v>
       </c>
       <c r="B432" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C432" s="4" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="D432" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E432" s="4" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="F432" s="4"/>
       <c r="G432" s="4"/>
       <c r="H432" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I432" s="4" t="s">
-        <v>839</v>
+        <v>14</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="4">
-        <v>100394</v>
+        <v>100005</v>
       </c>
       <c r="B433" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C433" s="4" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="D433" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E433" s="4" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="F433" s="4"/>
       <c r="G433" s="4"/>
       <c r="H433" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I433" s="4" t="s">
-        <v>839</v>
+        <v>382</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="4">
-        <v>100169</v>
+        <v>101274</v>
       </c>
       <c r="B434" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C434" s="4" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="D434" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E434" s="4" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="F434" s="4"/>
       <c r="G434" s="4"/>
       <c r="H434" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I434" s="4" t="s">
-        <v>640</v>
+        <v>576</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="4">
-        <v>100022</v>
+        <v>100393</v>
       </c>
       <c r="B435" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C435" s="4" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="D435" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E435" s="4" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="F435" s="4"/>
       <c r="G435" s="4"/>
       <c r="H435" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I435" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="4">
-        <v>100023</v>
+        <v>100395</v>
       </c>
       <c r="B436" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C436" s="4" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="D436" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E436" s="4" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="F436" s="4"/>
       <c r="G436" s="4"/>
       <c r="H436" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I436" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="4">
-        <v>100396</v>
+        <v>100394</v>
       </c>
       <c r="B437" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C437" s="4" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="D437" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E437" s="4" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="F437" s="4"/>
       <c r="G437" s="4"/>
       <c r="H437" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I437" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="4">
-        <v>100367</v>
+        <v>100169</v>
       </c>
       <c r="B438" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C438" s="4" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="D438" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E438" s="4" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="F438" s="4"/>
       <c r="G438" s="4"/>
       <c r="H438" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I438" s="4" t="s">
-        <v>839</v>
+        <v>643</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="4">
-        <v>100378</v>
+        <v>100022</v>
       </c>
       <c r="B439" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C439" s="4" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="D439" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E439" s="4" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="F439" s="4"/>
       <c r="G439" s="4"/>
       <c r="H439" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I439" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="4">
-        <v>100360</v>
+        <v>100023</v>
       </c>
       <c r="B440" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C440" s="4" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="D440" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E440" s="4" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="F440" s="4"/>
       <c r="G440" s="4"/>
       <c r="H440" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I440" s="4" t="s">
-        <v>382</v>
+        <v>842</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="4">
-        <v>100358</v>
+        <v>100396</v>
       </c>
       <c r="B441" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C441" s="4" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="D441" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E441" s="4" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="F441" s="4"/>
       <c r="G441" s="4"/>
       <c r="H441" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I441" s="4" t="s">
-        <v>382</v>
+        <v>842</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="4">
-        <v>101119</v>
+        <v>100367</v>
       </c>
       <c r="B442" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C442" s="4" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="D442" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E442" s="4" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="F442" s="4"/>
       <c r="G442" s="4"/>
       <c r="H442" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I442" s="4" t="s">
-        <v>14</v>
+        <v>842</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="4">
-        <v>100365</v>
+        <v>100378</v>
       </c>
       <c r="B443" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C443" s="4" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="D443" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E443" s="4" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="F443" s="4"/>
       <c r="G443" s="4"/>
       <c r="H443" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I443" s="4" t="s">
-        <v>605</v>
+        <v>842</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="4">
-        <v>100384</v>
+        <v>100360</v>
       </c>
       <c r="B444" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C444" s="4" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="D444" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E444" s="4" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="F444" s="4"/>
       <c r="G444" s="4"/>
       <c r="H444" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I444" s="4" t="s">
-        <v>839</v>
+        <v>382</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="4">
-        <v>100385</v>
+        <v>100358</v>
       </c>
       <c r="B445" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C445" s="4" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="D445" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E445" s="4" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="F445" s="4"/>
       <c r="G445" s="4"/>
       <c r="H445" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I445" s="4" t="s">
-        <v>158</v>
+        <v>382</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="4">
-        <v>100379</v>
+        <v>101119</v>
       </c>
       <c r="B446" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C446" s="4" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="D446" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E446" s="4" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="F446" s="4"/>
       <c r="G446" s="4"/>
       <c r="H446" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I446" s="4" t="s">
-        <v>839</v>
+        <v>14</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="4">
-        <v>100375</v>
+        <v>100365</v>
       </c>
       <c r="B447" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C447" s="4" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="D447" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E447" s="4" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="F447" s="4"/>
       <c r="G447" s="4"/>
       <c r="H447" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I447" s="4" t="s">
-        <v>839</v>
+        <v>608</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="4">
-        <v>100079</v>
+        <v>100384</v>
       </c>
       <c r="B448" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C448" s="4" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="D448" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E448" s="4" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="F448" s="4"/>
       <c r="G448" s="4"/>
       <c r="H448" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I448" s="4" t="s">
-        <v>454</v>
+        <v>842</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="4">
-        <v>100400</v>
+        <v>100385</v>
       </c>
       <c r="B449" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C449" s="4" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="D449" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E449" s="4" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="F449" s="4"/>
       <c r="G449" s="4"/>
       <c r="H449" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I449" s="4" t="s">
-        <v>839</v>
+        <v>158</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="4">
-        <v>100532</v>
+        <v>100379</v>
       </c>
       <c r="B450" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C450" s="4" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="D450" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E450" s="4" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="F450" s="4"/>
       <c r="G450" s="4"/>
       <c r="H450" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I450" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="4">
-        <v>100401</v>
+        <v>100375</v>
       </c>
       <c r="B451" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C451" s="4" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="D451" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E451" s="4" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F451" s="4"/>
       <c r="G451" s="4"/>
       <c r="H451" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I451" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="4">
-        <v>100398</v>
+        <v>100079</v>
       </c>
       <c r="B452" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C452" s="4" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="D452" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E452" s="4" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="F452" s="4"/>
       <c r="G452" s="4"/>
       <c r="H452" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I452" s="4" t="s">
-        <v>839</v>
+        <v>454</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="4">
-        <v>100402</v>
+        <v>100400</v>
       </c>
       <c r="B453" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C453" s="4" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="D453" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E453" s="4" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="F453" s="4"/>
       <c r="G453" s="4"/>
       <c r="H453" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I453" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="4">
-        <v>100404</v>
+        <v>100532</v>
       </c>
       <c r="B454" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C454" s="4" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="D454" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E454" s="4" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="F454" s="4"/>
       <c r="G454" s="4"/>
       <c r="H454" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I454" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="4">
-        <v>100397</v>
+        <v>101275</v>
       </c>
       <c r="B455" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C455" s="4" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="D455" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E455" s="4" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="F455" s="4"/>
       <c r="G455" s="4"/>
       <c r="H455" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I455" s="4" t="s">
-        <v>839</v>
+        <v>576</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="4">
-        <v>100406</v>
+        <v>100401</v>
       </c>
       <c r="B456" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C456" s="4" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="D456" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E456" s="4" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="F456" s="4"/>
       <c r="G456" s="4"/>
       <c r="H456" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I456" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="4">
-        <v>100399</v>
+        <v>100398</v>
       </c>
       <c r="B457" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C457" s="4" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="D457" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E457" s="4" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="F457" s="4"/>
       <c r="G457" s="4"/>
       <c r="H457" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I457" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="4">
-        <v>100405</v>
+        <v>100402</v>
       </c>
       <c r="B458" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C458" s="4" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="D458" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E458" s="4" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="F458" s="4"/>
       <c r="G458" s="4"/>
       <c r="H458" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I458" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="4">
-        <v>100407</v>
+        <v>100404</v>
       </c>
       <c r="B459" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C459" s="4" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="D459" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E459" s="4" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="F459" s="4"/>
       <c r="G459" s="4"/>
       <c r="H459" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I459" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="4">
-        <v>100409</v>
+        <v>100397</v>
       </c>
       <c r="B460" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C460" s="4" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="D460" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E460" s="4" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="F460" s="4"/>
       <c r="G460" s="4"/>
       <c r="H460" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I460" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="4">
-        <v>100410</v>
+        <v>101276</v>
       </c>
       <c r="B461" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C461" s="4" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="D461" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E461" s="4" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="F461" s="4"/>
       <c r="G461" s="4"/>
       <c r="H461" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I461" s="4" t="s">
-        <v>839</v>
+        <v>576</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="4">
-        <v>100408</v>
+        <v>100406</v>
       </c>
       <c r="B462" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C462" s="4" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="D462" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E462" s="4" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="F462" s="4"/>
       <c r="G462" s="4"/>
       <c r="H462" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I462" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="4">
-        <v>100540</v>
+        <v>100399</v>
       </c>
       <c r="B463" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C463" s="4" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="D463" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E463" s="4" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="F463" s="4"/>
       <c r="G463" s="4"/>
       <c r="H463" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I463" s="4" t="s">
-        <v>640</v>
+        <v>842</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="4">
-        <v>100539</v>
+        <v>101277</v>
       </c>
       <c r="B464" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C464" s="4" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="D464" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E464" s="4" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="F464" s="4"/>
       <c r="G464" s="4"/>
       <c r="H464" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I464" s="4" t="s">
-        <v>839</v>
+        <v>576</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="4">
-        <v>100538</v>
+        <v>100405</v>
       </c>
       <c r="B465" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C465" s="4" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="D465" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E465" s="4" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="F465" s="4"/>
       <c r="G465" s="4"/>
       <c r="H465" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I465" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="4">
-        <v>100537</v>
+        <v>100407</v>
       </c>
       <c r="B466" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C466" s="4" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="D466" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E466" s="4" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="F466" s="4"/>
       <c r="G466" s="4"/>
       <c r="H466" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I466" s="4" t="s">
-        <v>640</v>
+        <v>842</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="4">
-        <v>100536</v>
+        <v>100409</v>
       </c>
       <c r="B467" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C467" s="4" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="D467" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E467" s="4" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="F467" s="4"/>
       <c r="G467" s="4"/>
       <c r="H467" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I467" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="4">
-        <v>100414</v>
+        <v>100410</v>
       </c>
       <c r="B468" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C468" s="4" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="D468" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E468" s="4" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="F468" s="4"/>
       <c r="G468" s="4"/>
       <c r="H468" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I468" s="4" t="s">
-        <v>219</v>
+        <v>842</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="4">
-        <v>100081</v>
+        <v>100408</v>
       </c>
       <c r="B469" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C469" s="4" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="D469" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E469" s="4" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="F469" s="4"/>
       <c r="G469" s="4"/>
       <c r="H469" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I469" s="4" t="s">
-        <v>27</v>
+        <v>842</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="4">
-        <v>100416</v>
+        <v>100540</v>
       </c>
       <c r="B470" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C470" s="4" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="D470" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E470" s="4" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="F470" s="4"/>
       <c r="G470" s="4"/>
       <c r="H470" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I470" s="4" t="s">
-        <v>839</v>
+        <v>643</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="4">
-        <v>100403</v>
+        <v>100539</v>
       </c>
       <c r="B471" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C471" s="4" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="D471" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E471" s="4" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="F471" s="4"/>
       <c r="G471" s="4"/>
       <c r="H471" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I471" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="4">
-        <v>100418</v>
+        <v>100538</v>
       </c>
       <c r="B472" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C472" s="4" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="D472" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E472" s="4" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="F472" s="4"/>
       <c r="G472" s="4"/>
       <c r="H472" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I472" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="4">
-        <v>100415</v>
+        <v>100537</v>
       </c>
       <c r="B473" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C473" s="4" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="D473" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E473" s="4" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="F473" s="4"/>
       <c r="G473" s="4"/>
       <c r="H473" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I473" s="4" t="s">
-        <v>839</v>
+        <v>643</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="4">
-        <v>100141</v>
+        <v>100536</v>
       </c>
       <c r="B474" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C474" s="4" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="D474" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E474" s="4" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="F474" s="4"/>
       <c r="G474" s="4"/>
       <c r="H474" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I474" s="4" t="s">
-        <v>27</v>
+        <v>842</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="4">
-        <v>100453</v>
+        <v>100414</v>
       </c>
       <c r="B475" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C475" s="4" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="D475" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E475" s="4" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="F475" s="4"/>
       <c r="G475" s="4"/>
       <c r="H475" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I475" s="4" t="s">
-        <v>839</v>
+        <v>219</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="4">
-        <v>100080</v>
+        <v>100081</v>
       </c>
       <c r="B476" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C476" s="4" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="D476" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E476" s="4" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="F476" s="4"/>
       <c r="G476" s="4"/>
       <c r="H476" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I476" s="4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="4">
-        <v>100455</v>
+        <v>100416</v>
       </c>
       <c r="B477" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C477" s="4" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="D477" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E477" s="4" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="F477" s="4"/>
       <c r="G477" s="4"/>
       <c r="H477" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I477" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="4">
-        <v>100419</v>
+        <v>100403</v>
       </c>
       <c r="B478" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C478" s="4" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="D478" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E478" s="4" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="F478" s="4"/>
       <c r="G478" s="4"/>
       <c r="H478" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I478" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="4">
-        <v>100411</v>
+        <v>100418</v>
       </c>
       <c r="B479" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C479" s="4" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="D479" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E479" s="4" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="F479" s="4"/>
       <c r="G479" s="4"/>
       <c r="H479" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I479" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="4">
-        <v>100454</v>
+        <v>100415</v>
       </c>
       <c r="B480" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C480" s="4" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="D480" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E480" s="4" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="F480" s="4"/>
       <c r="G480" s="4"/>
       <c r="H480" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I480" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="4">
-        <v>101135</v>
+        <v>100141</v>
       </c>
       <c r="B481" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C481" s="4" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="D481" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E481" s="4" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="F481" s="4"/>
       <c r="G481" s="4"/>
       <c r="H481" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I481" s="4" t="s">
-        <v>252</v>
+        <v>27</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="4">
-        <v>101086</v>
+        <v>100453</v>
       </c>
       <c r="B482" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C482" s="4" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="D482" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E482" s="4" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="F482" s="4"/>
       <c r="G482" s="4"/>
       <c r="H482" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I482" s="4" t="s">
-        <v>14</v>
+        <v>842</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="4">
-        <v>100429</v>
+        <v>100080</v>
       </c>
       <c r="B483" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C483" s="4" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="D483" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E483" s="4" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="F483" s="4"/>
       <c r="G483" s="4"/>
       <c r="H483" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I483" s="4" t="s">
-        <v>839</v>
+        <v>27</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="4">
-        <v>100422</v>
+        <v>100455</v>
       </c>
       <c r="B484" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C484" s="4" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="D484" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E484" s="4" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="F484" s="4"/>
       <c r="G484" s="4"/>
       <c r="H484" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I484" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="4">
-        <v>100426</v>
+        <v>100419</v>
       </c>
       <c r="B485" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C485" s="4" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="D485" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E485" s="4" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="F485" s="4"/>
       <c r="G485" s="4"/>
       <c r="H485" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I485" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="4">
-        <v>100428</v>
+        <v>100411</v>
       </c>
       <c r="B486" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C486" s="4" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="D486" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E486" s="4" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="F486" s="4"/>
       <c r="G486" s="4"/>
       <c r="H486" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I486" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" s="4">
-        <v>100427</v>
+        <v>100454</v>
       </c>
       <c r="B487" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C487" s="4" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="D487" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E487" s="4" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="F487" s="4"/>
       <c r="G487" s="4"/>
       <c r="H487" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I487" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="4">
-        <v>100082</v>
+        <v>101135</v>
       </c>
       <c r="B488" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C488" s="4" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="D488" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E488" s="4" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="F488" s="4"/>
       <c r="G488" s="4"/>
       <c r="H488" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I488" s="4" t="s">
-        <v>27</v>
+        <v>252</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" s="4">
-        <v>100420</v>
+        <v>101086</v>
       </c>
       <c r="B489" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C489" s="4" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="D489" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E489" s="4" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="F489" s="4"/>
       <c r="G489" s="4"/>
       <c r="H489" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I489" s="4" t="s">
-        <v>839</v>
+        <v>14</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" s="4">
-        <v>100452</v>
+        <v>100429</v>
       </c>
       <c r="B490" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C490" s="4" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="D490" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E490" s="4" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="F490" s="4"/>
       <c r="G490" s="4"/>
       <c r="H490" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I490" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" s="4">
-        <v>100015</v>
+        <v>100422</v>
       </c>
       <c r="B491" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C491" s="4" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="D491" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E491" s="4" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="F491" s="4"/>
       <c r="G491" s="4"/>
       <c r="H491" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I491" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" s="4">
-        <v>100425</v>
+        <v>100426</v>
       </c>
       <c r="B492" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C492" s="4" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="D492" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E492" s="4" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="F492" s="4"/>
       <c r="G492" s="4"/>
       <c r="H492" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I492" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" s="4">
-        <v>100432</v>
+        <v>100428</v>
       </c>
       <c r="B493" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C493" s="4" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="D493" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E493" s="4" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="F493" s="4"/>
       <c r="G493" s="4"/>
       <c r="H493" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I493" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" s="4">
-        <v>100441</v>
+        <v>100427</v>
       </c>
       <c r="B494" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C494" s="4" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="D494" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E494" s="4" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="F494" s="4"/>
       <c r="G494" s="4"/>
       <c r="H494" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I494" s="4" t="s">
-        <v>158</v>
+        <v>842</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" s="4">
-        <v>100424</v>
+        <v>100082</v>
       </c>
       <c r="B495" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C495" s="4" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="D495" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E495" s="4" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="F495" s="4"/>
       <c r="G495" s="4"/>
       <c r="H495" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I495" s="4" t="s">
-        <v>158</v>
+        <v>27</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" s="4">
-        <v>100145</v>
+        <v>100420</v>
       </c>
       <c r="B496" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C496" s="4" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="D496" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E496" s="4" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
       <c r="F496" s="4"/>
       <c r="G496" s="4"/>
       <c r="H496" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I496" s="4" t="s">
-        <v>27</v>
+        <v>842</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" s="4">
-        <v>100451</v>
+        <v>100452</v>
       </c>
       <c r="B497" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C497" s="4" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="D497" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E497" s="4" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="F497" s="4"/>
       <c r="G497" s="4"/>
       <c r="H497" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I497" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="498">
       <c r="A498" s="4">
-        <v>100448</v>
+        <v>100015</v>
       </c>
       <c r="B498" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C498" s="4" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="D498" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E498" s="4" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="F498" s="4"/>
       <c r="G498" s="4"/>
       <c r="H498" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I498" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="499">
       <c r="A499" s="4">
-        <v>100449</v>
+        <v>100425</v>
       </c>
       <c r="B499" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C499" s="4" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="D499" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E499" s="4" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F499" s="4"/>
       <c r="G499" s="4"/>
       <c r="H499" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I499" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="500">
       <c r="A500" s="4">
-        <v>100450</v>
+        <v>100432</v>
       </c>
       <c r="B500" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C500" s="4" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="D500" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E500" s="4" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="F500" s="4"/>
       <c r="G500" s="4"/>
       <c r="H500" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I500" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" s="4">
-        <v>100445</v>
+        <v>100441</v>
       </c>
       <c r="B501" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C501" s="4" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="D501" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E501" s="4" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
       <c r="F501" s="4"/>
       <c r="G501" s="4"/>
       <c r="H501" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I501" s="4" t="s">
-        <v>839</v>
+        <v>158</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" s="4">
-        <v>100447</v>
+        <v>100424</v>
       </c>
       <c r="B502" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C502" s="4" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="D502" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E502" s="4" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="F502" s="4"/>
       <c r="G502" s="4"/>
       <c r="H502" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I502" s="4" t="s">
-        <v>839</v>
+        <v>158</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" s="4">
-        <v>100446</v>
+        <v>100145</v>
       </c>
       <c r="B503" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C503" s="4" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="D503" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E503" s="4" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
       <c r="F503" s="4"/>
       <c r="G503" s="4"/>
       <c r="H503" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I503" s="4" t="s">
-        <v>839</v>
+        <v>27</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" s="4">
-        <v>100435</v>
+        <v>100451</v>
       </c>
       <c r="B504" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C504" s="4" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="D504" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E504" s="4" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="F504" s="4"/>
       <c r="G504" s="4"/>
       <c r="H504" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I504" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" s="4">
-        <v>100438</v>
+        <v>100448</v>
       </c>
       <c r="B505" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C505" s="4" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="D505" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E505" s="4" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="F505" s="4"/>
       <c r="G505" s="4"/>
       <c r="H505" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I505" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" s="4">
-        <v>100434</v>
+        <v>100449</v>
       </c>
       <c r="B506" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C506" s="4" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="D506" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E506" s="4" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="F506" s="4"/>
       <c r="G506" s="4"/>
       <c r="H506" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I506" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="4">
-        <v>100433</v>
+        <v>100450</v>
       </c>
       <c r="B507" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C507" s="4" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="D507" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E507" s="4" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="F507" s="4"/>
       <c r="G507" s="4"/>
       <c r="H507" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I507" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="4">
-        <v>100440</v>
+        <v>100445</v>
       </c>
       <c r="B508" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C508" s="4" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="D508" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E508" s="4" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="F508" s="4"/>
       <c r="G508" s="4"/>
       <c r="H508" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I508" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" s="4">
-        <v>100436</v>
+        <v>100447</v>
       </c>
       <c r="B509" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C509" s="4" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="D509" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E509" s="4" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="F509" s="4"/>
       <c r="G509" s="4"/>
       <c r="H509" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I509" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" s="4">
-        <v>100439</v>
+        <v>100446</v>
       </c>
       <c r="B510" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C510" s="4" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="D510" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E510" s="4" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="F510" s="4"/>
       <c r="G510" s="4"/>
       <c r="H510" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I510" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" s="4">
-        <v>100437</v>
+        <v>100435</v>
       </c>
       <c r="B511" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C511" s="4" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
       <c r="D511" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E511" s="4" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="F511" s="4"/>
       <c r="G511" s="4"/>
       <c r="H511" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I511" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" s="4">
-        <v>100083</v>
+        <v>100438</v>
       </c>
       <c r="B512" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C512" s="4" t="s">
-        <v>1056</v>
+        <v>1057</v>
       </c>
       <c r="D512" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E512" s="4" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
       <c r="F512" s="4"/>
       <c r="G512" s="4"/>
       <c r="H512" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I512" s="4" t="s">
-        <v>27</v>
+        <v>842</v>
       </c>
     </row>
     <row r="513">
       <c r="A513" s="4">
-        <v>100442</v>
+        <v>100434</v>
       </c>
       <c r="B513" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C513" s="4" t="s">
-        <v>1058</v>
+        <v>1059</v>
       </c>
       <c r="D513" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E513" s="4" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
       <c r="F513" s="4"/>
       <c r="G513" s="4"/>
       <c r="H513" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I513" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" s="4">
-        <v>100443</v>
+        <v>100433</v>
       </c>
       <c r="B514" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C514" s="4" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="D514" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E514" s="4" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="F514" s="4"/>
       <c r="G514" s="4"/>
       <c r="H514" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I514" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" s="4">
-        <v>100444</v>
+        <v>100440</v>
       </c>
       <c r="B515" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C515" s="4" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
       <c r="D515" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E515" s="4" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="F515" s="4"/>
       <c r="G515" s="4"/>
       <c r="H515" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I515" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="516">
       <c r="A516" s="4">
-        <v>100430</v>
+        <v>100436</v>
       </c>
       <c r="B516" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C516" s="4" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="D516" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E516" s="4" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="F516" s="4"/>
       <c r="G516" s="4"/>
       <c r="H516" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I516" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="517">
       <c r="A517" s="4">
-        <v>100423</v>
+        <v>100439</v>
       </c>
       <c r="B517" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C517" s="4" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="D517" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E517" s="4" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="F517" s="4"/>
       <c r="G517" s="4"/>
       <c r="H517" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I517" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" s="4">
-        <v>100917</v>
+        <v>100437</v>
       </c>
       <c r="B518" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C518" s="4" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="D518" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E518" s="4" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="F518" s="4"/>
       <c r="G518" s="4"/>
       <c r="H518" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I518" s="4" t="s">
-        <v>14</v>
+        <v>842</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" s="4">
-        <v>100922</v>
+        <v>100083</v>
       </c>
       <c r="B519" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C519" s="4" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="D519" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E519" s="4" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
       <c r="F519" s="4"/>
       <c r="G519" s="4"/>
       <c r="H519" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I519" s="4" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" s="4">
-        <v>100923</v>
+        <v>100442</v>
       </c>
       <c r="B520" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C520" s="4" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
       <c r="D520" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E520" s="4" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
       <c r="F520" s="4"/>
       <c r="G520" s="4"/>
       <c r="H520" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I520" s="4" t="s">
-        <v>17</v>
+        <v>842</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" s="4">
-        <v>100916</v>
+        <v>100443</v>
       </c>
       <c r="B521" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C521" s="4" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="D521" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E521" s="4" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="F521" s="4"/>
       <c r="G521" s="4"/>
       <c r="H521" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I521" s="4" t="s">
-        <v>14</v>
+        <v>842</v>
       </c>
     </row>
     <row r="522">
       <c r="A522" s="4">
-        <v>100913</v>
+        <v>100444</v>
       </c>
       <c r="B522" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C522" s="4" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="D522" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E522" s="4" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="F522" s="4"/>
       <c r="G522" s="4"/>
       <c r="H522" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I522" s="4" t="s">
-        <v>14</v>
+        <v>842</v>
       </c>
     </row>
     <row r="523">
       <c r="A523" s="4">
-        <v>100911</v>
+        <v>100430</v>
       </c>
       <c r="B523" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C523" s="4" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="D523" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E523" s="4" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
       <c r="F523" s="4"/>
       <c r="G523" s="4"/>
       <c r="H523" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I523" s="4" t="s">
-        <v>14</v>
+        <v>842</v>
       </c>
     </row>
     <row r="524">
       <c r="A524" s="4">
-        <v>100910</v>
+        <v>100423</v>
       </c>
       <c r="B524" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C524" s="4" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
       <c r="D524" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E524" s="4" t="s">
-        <v>1081</v>
+        <v>1082</v>
       </c>
       <c r="F524" s="4"/>
       <c r="G524" s="4"/>
       <c r="H524" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I524" s="4" t="s">
-        <v>14</v>
+        <v>842</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" s="4">
-        <v>101102</v>
+        <v>100917</v>
       </c>
       <c r="B525" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C525" s="4" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="D525" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E525" s="4" t="s">
-        <v>1083</v>
+        <v>1084</v>
       </c>
       <c r="F525" s="4"/>
       <c r="G525" s="4"/>
       <c r="H525" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I525" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="526">
       <c r="A526" s="4">
-        <v>100915</v>
+        <v>100922</v>
       </c>
       <c r="B526" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C526" s="4" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
       <c r="D526" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E526" s="4" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="F526" s="4"/>
       <c r="G526" s="4"/>
       <c r="H526" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I526" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="527">
       <c r="A527" s="4">
-        <v>100914</v>
+        <v>100923</v>
       </c>
       <c r="B527" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C527" s="4" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
       <c r="D527" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E527" s="4" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="F527" s="4"/>
       <c r="G527" s="4"/>
       <c r="H527" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I527" s="4" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
     </row>
     <row r="528">
       <c r="A528" s="4">
-        <v>100907</v>
+        <v>100916</v>
       </c>
       <c r="B528" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C528" s="4" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
       <c r="D528" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E528" s="4" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="F528" s="4"/>
       <c r="G528" s="4"/>
       <c r="H528" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I528" s="4" t="s">
-        <v>158</v>
+        <v>14</v>
       </c>
     </row>
     <row r="529">
       <c r="A529" s="4">
-        <v>100906</v>
+        <v>100913</v>
       </c>
       <c r="B529" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C529" s="4" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
       <c r="D529" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E529" s="4" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="F529" s="4"/>
       <c r="G529" s="4"/>
       <c r="H529" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I529" s="4" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" s="4">
-        <v>100912</v>
+        <v>100911</v>
       </c>
       <c r="B530" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C530" s="4" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
       <c r="D530" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E530" s="4" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="F530" s="4"/>
       <c r="G530" s="4"/>
       <c r="H530" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I530" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" s="4">
-        <v>100960</v>
+        <v>100910</v>
       </c>
       <c r="B531" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C531" s="4" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="D531" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E531" s="4" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
       <c r="F531" s="4"/>
       <c r="G531" s="4"/>
       <c r="H531" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I531" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="532">
       <c r="A532" s="4">
-        <v>100959</v>
+        <v>101102</v>
       </c>
       <c r="B532" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C532" s="4" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
       <c r="D532" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E532" s="4" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
       <c r="F532" s="4"/>
       <c r="G532" s="4"/>
       <c r="H532" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I532" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="533">
       <c r="A533" s="4">
-        <v>100958</v>
+        <v>100915</v>
       </c>
       <c r="B533" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C533" s="4" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
       <c r="D533" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E533" s="4" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
       <c r="F533" s="4"/>
       <c r="G533" s="4"/>
       <c r="H533" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I533" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="534">
       <c r="A534" s="4">
-        <v>100140</v>
+        <v>100914</v>
       </c>
       <c r="B534" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C534" s="4" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
       <c r="D534" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E534" s="4" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="F534" s="4"/>
       <c r="G534" s="4"/>
       <c r="H534" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I534" s="4" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
     </row>
     <row r="535">
       <c r="A535" s="4">
-        <v>100957</v>
+        <v>100907</v>
       </c>
       <c r="B535" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C535" s="4" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
       <c r="D535" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E535" s="4" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
       <c r="F535" s="4"/>
       <c r="G535" s="4"/>
       <c r="H535" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I535" s="4" t="s">
-        <v>14</v>
+        <v>158</v>
       </c>
     </row>
     <row r="536">
       <c r="A536" s="4">
-        <v>100967</v>
+        <v>100906</v>
       </c>
       <c r="B536" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C536" s="4" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="D536" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E536" s="4" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="F536" s="4"/>
       <c r="G536" s="4"/>
       <c r="H536" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I536" s="4" t="s">
-        <v>158</v>
+        <v>17</v>
       </c>
     </row>
     <row r="537">
       <c r="A537" s="4">
-        <v>100966</v>
+        <v>100912</v>
       </c>
       <c r="B537" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C537" s="4" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
       <c r="D537" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E537" s="4" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="F537" s="4"/>
       <c r="G537" s="4"/>
       <c r="H537" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I537" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" s="4">
-        <v>100965</v>
+        <v>100960</v>
       </c>
       <c r="B538" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C538" s="4" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="D538" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E538" s="4" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c r="F538" s="4"/>
       <c r="G538" s="4"/>
       <c r="H538" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I538" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="539">
       <c r="A539" s="4">
-        <v>100964</v>
+        <v>100959</v>
       </c>
       <c r="B539" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C539" s="4" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="D539" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E539" s="4" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="F539" s="4"/>
       <c r="G539" s="4"/>
       <c r="H539" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I539" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="540">
       <c r="A540" s="4">
-        <v>100961</v>
+        <v>100958</v>
       </c>
       <c r="B540" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C540" s="4" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
       <c r="D540" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E540" s="4" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="F540" s="4"/>
       <c r="G540" s="4"/>
       <c r="H540" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I540" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="541">
       <c r="A541" s="4">
-        <v>100963</v>
+        <v>100140</v>
       </c>
       <c r="B541" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C541" s="4" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="D541" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E541" s="4" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="F541" s="4"/>
       <c r="G541" s="4"/>
       <c r="H541" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I541" s="4" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
     </row>
     <row r="542">
       <c r="A542" s="4">
-        <v>100908</v>
+        <v>100957</v>
       </c>
       <c r="B542" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C542" s="4" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="D542" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E542" s="4" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
       <c r="F542" s="4"/>
       <c r="G542" s="4"/>
       <c r="H542" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I542" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="543">
       <c r="A543" s="4">
-        <v>101077</v>
+        <v>100967</v>
       </c>
       <c r="B543" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C543" s="4" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
       <c r="D543" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E543" s="4" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="F543" s="4"/>
       <c r="G543" s="4"/>
       <c r="H543" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I543" s="4" t="s">
-        <v>14</v>
+        <v>158</v>
       </c>
     </row>
     <row r="544">
       <c r="A544" s="4">
-        <v>100962</v>
+        <v>100966</v>
       </c>
       <c r="B544" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C544" s="4" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="D544" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E544" s="4" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
       <c r="F544" s="4"/>
       <c r="G544" s="4"/>
       <c r="H544" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I544" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="545">
       <c r="A545" s="4">
-        <v>100950</v>
+        <v>100965</v>
       </c>
       <c r="B545" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C545" s="4" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="D545" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E545" s="4" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
       <c r="F545" s="4"/>
       <c r="G545" s="4"/>
       <c r="H545" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I545" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="546">
       <c r="A546" s="4">
-        <v>100946</v>
+        <v>100964</v>
       </c>
       <c r="B546" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C546" s="4" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
       <c r="D546" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E546" s="4" t="s">
-        <v>1125</v>
+        <v>1126</v>
       </c>
       <c r="F546" s="4"/>
       <c r="G546" s="4"/>
       <c r="H546" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I546" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="547">
       <c r="A547" s="4">
-        <v>100947</v>
+        <v>100961</v>
       </c>
       <c r="B547" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C547" s="4" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
       <c r="D547" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E547" s="4" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
       <c r="F547" s="4"/>
       <c r="G547" s="4"/>
       <c r="H547" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I547" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="548">
       <c r="A548" s="4">
-        <v>100944</v>
+        <v>100963</v>
       </c>
       <c r="B548" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C548" s="4" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="D548" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E548" s="4" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="F548" s="4"/>
       <c r="G548" s="4"/>
       <c r="H548" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I548" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="549">
       <c r="A549" s="4">
-        <v>100945</v>
+        <v>100908</v>
       </c>
       <c r="B549" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C549" s="4" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
       <c r="D549" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E549" s="4" t="s">
-        <v>1131</v>
+        <v>1132</v>
       </c>
       <c r="F549" s="4"/>
       <c r="G549" s="4"/>
       <c r="H549" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I549" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="550">
       <c r="A550" s="4">
-        <v>100940</v>
+        <v>101077</v>
       </c>
       <c r="B550" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C550" s="4" t="s">
-        <v>1132</v>
+        <v>1133</v>
       </c>
       <c r="D550" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E550" s="4" t="s">
-        <v>1133</v>
+        <v>1134</v>
       </c>
       <c r="F550" s="4"/>
       <c r="G550" s="4"/>
       <c r="H550" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I550" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="551">
       <c r="A551" s="4">
-        <v>100938</v>
+        <v>100962</v>
       </c>
       <c r="B551" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C551" s="4" t="s">
-        <v>1134</v>
+        <v>1135</v>
       </c>
       <c r="D551" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E551" s="4" t="s">
-        <v>1135</v>
+        <v>1136</v>
       </c>
       <c r="F551" s="4"/>
       <c r="G551" s="4"/>
       <c r="H551" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I551" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="552">
       <c r="A552" s="4">
-        <v>100941</v>
+        <v>100950</v>
       </c>
       <c r="B552" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C552" s="4" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
       <c r="D552" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E552" s="4" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
       <c r="F552" s="4"/>
       <c r="G552" s="4"/>
       <c r="H552" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I552" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="553">
       <c r="A553" s="4">
-        <v>100937</v>
+        <v>100946</v>
       </c>
       <c r="B553" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C553" s="4" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
       <c r="D553" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E553" s="4" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
       <c r="F553" s="4"/>
       <c r="G553" s="4"/>
       <c r="H553" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I553" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="554">
       <c r="A554" s="4">
-        <v>100936</v>
+        <v>100947</v>
       </c>
       <c r="B554" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C554" s="4" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="D554" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E554" s="4" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="F554" s="4"/>
       <c r="G554" s="4"/>
       <c r="H554" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I554" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="555">
       <c r="A555" s="4">
-        <v>100935</v>
+        <v>100944</v>
       </c>
       <c r="B555" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C555" s="4" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="D555" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E555" s="4" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="F555" s="4"/>
       <c r="G555" s="4"/>
       <c r="H555" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I555" s="4" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
     </row>
     <row r="556">
       <c r="A556" s="4">
-        <v>100956</v>
+        <v>100945</v>
       </c>
       <c r="B556" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C556" s="4" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
       <c r="D556" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E556" s="4" t="s">
-        <v>1145</v>
+        <v>1146</v>
       </c>
       <c r="F556" s="4"/>
       <c r="G556" s="4"/>
       <c r="H556" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I556" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="557">
       <c r="A557" s="4">
-        <v>100954</v>
+        <v>100940</v>
       </c>
       <c r="B557" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C557" s="4" t="s">
-        <v>1146</v>
+        <v>1147</v>
       </c>
       <c r="D557" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E557" s="4" t="s">
-        <v>1147</v>
+        <v>1148</v>
       </c>
       <c r="F557" s="4"/>
       <c r="G557" s="4"/>
       <c r="H557" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I557" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="558">
       <c r="A558" s="4">
-        <v>100593</v>
+        <v>100938</v>
       </c>
       <c r="B558" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C558" s="4" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="D558" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E558" s="4" t="s">
-        <v>1149</v>
+        <v>1150</v>
       </c>
       <c r="F558" s="4"/>
       <c r="G558" s="4"/>
       <c r="H558" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I558" s="4" t="s">
-        <v>839</v>
+        <v>14</v>
       </c>
     </row>
     <row r="559">
       <c r="A559" s="4">
-        <v>100955</v>
+        <v>100941</v>
       </c>
       <c r="B559" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C559" s="4" t="s">
-        <v>1150</v>
+        <v>1151</v>
       </c>
       <c r="D559" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E559" s="4" t="s">
-        <v>1151</v>
+        <v>1152</v>
       </c>
       <c r="F559" s="4"/>
       <c r="G559" s="4"/>
       <c r="H559" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I559" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="560">
       <c r="A560" s="4">
-        <v>100953</v>
+        <v>100937</v>
       </c>
       <c r="B560" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C560" s="4" t="s">
-        <v>1152</v>
+        <v>1153</v>
       </c>
       <c r="D560" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E560" s="4" t="s">
-        <v>1153</v>
+        <v>1154</v>
       </c>
       <c r="F560" s="4"/>
       <c r="G560" s="4"/>
       <c r="H560" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I560" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="561">
       <c r="A561" s="4">
-        <v>100952</v>
+        <v>100936</v>
       </c>
       <c r="B561" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C561" s="4" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="D561" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E561" s="4" t="s">
-        <v>1155</v>
+        <v>1156</v>
       </c>
       <c r="F561" s="4"/>
       <c r="G561" s="4"/>
       <c r="H561" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I561" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="562">
       <c r="A562" s="4">
-        <v>100939</v>
+        <v>100935</v>
       </c>
       <c r="B562" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C562" s="4" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="D562" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E562" s="4" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="F562" s="4"/>
       <c r="G562" s="4"/>
       <c r="H562" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I562" s="4" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
     </row>
     <row r="563">
       <c r="A563" s="4">
-        <v>100033</v>
+        <v>100956</v>
       </c>
       <c r="B563" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C563" s="4" t="s">
-        <v>1158</v>
+        <v>1159</v>
       </c>
       <c r="D563" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E563" s="4" t="s">
-        <v>1159</v>
+        <v>1160</v>
       </c>
       <c r="F563" s="4"/>
       <c r="G563" s="4"/>
       <c r="H563" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I563" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="564">
       <c r="A564" s="4">
-        <v>100943</v>
+        <v>100954</v>
       </c>
       <c r="B564" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C564" s="4" t="s">
-        <v>1160</v>
+        <v>1161</v>
       </c>
       <c r="D564" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E564" s="4" t="s">
-        <v>1161</v>
+        <v>1162</v>
       </c>
       <c r="F564" s="4"/>
       <c r="G564" s="4"/>
       <c r="H564" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I564" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="565">
       <c r="A565" s="4">
-        <v>100951</v>
+        <v>100593</v>
       </c>
       <c r="B565" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C565" s="4" t="s">
-        <v>1162</v>
+        <v>1163</v>
       </c>
       <c r="D565" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E565" s="4" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
       <c r="F565" s="4"/>
       <c r="G565" s="4"/>
       <c r="H565" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I565" s="4" t="s">
-        <v>14</v>
+        <v>842</v>
       </c>
     </row>
     <row r="566">
       <c r="A566" s="4">
-        <v>100949</v>
+        <v>100955</v>
       </c>
       <c r="B566" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C566" s="4" t="s">
-        <v>1164</v>
+        <v>1165</v>
       </c>
       <c r="D566" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E566" s="4" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
       <c r="F566" s="4"/>
       <c r="G566" s="4"/>
       <c r="H566" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I566" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="567">
       <c r="A567" s="4">
-        <v>100948</v>
+        <v>100953</v>
       </c>
       <c r="B567" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C567" s="4" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
       <c r="D567" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E567" s="4" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
       <c r="F567" s="4"/>
       <c r="G567" s="4"/>
       <c r="H567" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I567" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="568">
       <c r="A568" s="4">
-        <v>100135</v>
+        <v>100952</v>
       </c>
       <c r="B568" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C568" s="4" t="s">
-        <v>1168</v>
+        <v>1169</v>
       </c>
       <c r="D568" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E568" s="4" t="s">
-        <v>1169</v>
+        <v>1170</v>
       </c>
       <c r="F568" s="4"/>
       <c r="G568" s="4"/>
       <c r="H568" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I568" s="4" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
     </row>
     <row r="569">
       <c r="A569" s="4">
-        <v>100013</v>
+        <v>100939</v>
       </c>
       <c r="B569" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C569" s="4" t="s">
-        <v>1170</v>
+        <v>1171</v>
       </c>
       <c r="D569" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E569" s="4" t="s">
-        <v>1171</v>
+        <v>1172</v>
       </c>
       <c r="F569" s="4"/>
       <c r="G569" s="4"/>
       <c r="H569" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I569" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="570">
       <c r="A570" s="4">
-        <v>100942</v>
+        <v>100033</v>
       </c>
       <c r="B570" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C570" s="4" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
       <c r="D570" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E570" s="4" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
       <c r="F570" s="4"/>
       <c r="G570" s="4"/>
       <c r="H570" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I570" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="571">
       <c r="A571" s="4">
-        <v>101055</v>
+        <v>100943</v>
       </c>
       <c r="B571" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C571" s="4" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
       <c r="D571" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E571" s="4" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="F571" s="4"/>
       <c r="G571" s="4"/>
       <c r="H571" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I571" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="572">
       <c r="A572" s="4">
-        <v>100898</v>
+        <v>100951</v>
       </c>
       <c r="B572" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C572" s="4" t="s">
-        <v>1176</v>
+        <v>1177</v>
       </c>
       <c r="D572" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E572" s="4" t="s">
-        <v>1177</v>
+        <v>1178</v>
       </c>
       <c r="F572" s="4"/>
       <c r="G572" s="4"/>
       <c r="H572" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I572" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="573">
       <c r="A573" s="4">
-        <v>100024</v>
+        <v>100949</v>
       </c>
       <c r="B573" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C573" s="4" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
       <c r="D573" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E573" s="4" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
       <c r="F573" s="4"/>
       <c r="G573" s="4"/>
       <c r="H573" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I573" s="4" t="s">
-        <v>382</v>
+        <v>14</v>
       </c>
     </row>
     <row r="574">
       <c r="A574" s="4">
-        <v>101174</v>
+        <v>100948</v>
       </c>
       <c r="B574" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C574" s="4" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
       <c r="D574" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E574" s="4" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
       <c r="F574" s="4"/>
       <c r="G574" s="4"/>
       <c r="H574" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I574" s="4" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
     </row>
     <row r="575">
       <c r="A575" s="4">
-        <v>101252</v>
+        <v>100135</v>
       </c>
       <c r="B575" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C575" s="4" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="D575" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E575" s="4" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
       <c r="F575" s="4"/>
       <c r="G575" s="4"/>
       <c r="H575" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I575" s="4" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
     </row>
     <row r="576">
       <c r="A576" s="4">
-        <v>101158</v>
+        <v>100013</v>
       </c>
       <c r="B576" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C576" s="4" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="D576" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E576" s="4" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="F576" s="4"/>
       <c r="G576" s="4"/>
       <c r="H576" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I576" s="4" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
     </row>
     <row r="577">
       <c r="A577" s="4">
-        <v>100899</v>
+        <v>100942</v>
       </c>
       <c r="B577" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C577" s="4" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
       <c r="D577" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E577" s="4" t="s">
-        <v>1187</v>
+        <v>1188</v>
       </c>
       <c r="F577" s="4"/>
       <c r="G577" s="4"/>
       <c r="H577" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I577" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="578">
       <c r="A578" s="4">
-        <v>100012</v>
+        <v>101055</v>
       </c>
       <c r="B578" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C578" s="4" t="s">
-        <v>1188</v>
+        <v>1189</v>
       </c>
       <c r="D578" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E578" s="4" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="F578" s="4"/>
       <c r="G578" s="4"/>
       <c r="H578" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I578" s="4" t="s">
-        <v>382</v>
+        <v>14</v>
       </c>
     </row>
     <row r="579">
       <c r="A579" s="4">
-        <v>101159</v>
+        <v>100898</v>
       </c>
       <c r="B579" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C579" s="4" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="D579" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E579" s="4" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
       <c r="F579" s="4"/>
       <c r="G579" s="4"/>
       <c r="H579" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I579" s="4" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
     </row>
     <row r="580">
       <c r="A580" s="4">
-        <v>101173</v>
+        <v>100024</v>
       </c>
       <c r="B580" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C580" s="4" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
       <c r="D580" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E580" s="4" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
       <c r="F580" s="4"/>
       <c r="G580" s="4"/>
       <c r="H580" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I580" s="4" t="s">
-        <v>22</v>
+        <v>382</v>
       </c>
     </row>
     <row r="581">
       <c r="A581" s="4">
-        <v>100887</v>
+        <v>101174</v>
       </c>
       <c r="B581" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C581" s="4" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="D581" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E581" s="4" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
       <c r="F581" s="4"/>
       <c r="G581" s="4"/>
       <c r="H581" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I581" s="4" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
     </row>
     <row r="582">
       <c r="A582" s="4">
-        <v>100158</v>
+        <v>101252</v>
       </c>
       <c r="B582" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C582" s="4" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
       <c r="D582" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E582" s="4" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
       <c r="F582" s="4"/>
       <c r="G582" s="4"/>
       <c r="H582" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I582" s="4" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="583">
       <c r="A583" s="4">
-        <v>100901</v>
+        <v>101158</v>
       </c>
       <c r="B583" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C583" s="4" t="s">
-        <v>1198</v>
+        <v>1199</v>
       </c>
       <c r="D583" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E583" s="4" t="s">
-        <v>1199</v>
+        <v>1200</v>
       </c>
       <c r="F583" s="4"/>
       <c r="G583" s="4"/>
       <c r="H583" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I583" s="4" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
     </row>
     <row r="584">
       <c r="A584" s="4">
-        <v>100888</v>
+        <v>100899</v>
       </c>
       <c r="B584" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C584" s="4" t="s">
-        <v>1200</v>
+        <v>1201</v>
       </c>
       <c r="D584" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E584" s="4" t="s">
-        <v>1201</v>
+        <v>1202</v>
       </c>
       <c r="F584" s="4"/>
       <c r="G584" s="4"/>
       <c r="H584" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I584" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="585">
       <c r="A585" s="4">
-        <v>100891</v>
+        <v>100012</v>
       </c>
       <c r="B585" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C585" s="4" t="s">
-        <v>1202</v>
+        <v>1203</v>
       </c>
       <c r="D585" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E585" s="4" t="s">
-        <v>1203</v>
+        <v>1204</v>
       </c>
       <c r="F585" s="4"/>
       <c r="G585" s="4"/>
       <c r="H585" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I585" s="4" t="s">
-        <v>14</v>
+        <v>382</v>
       </c>
     </row>
     <row r="586">
       <c r="A586" s="4">
-        <v>100892</v>
+        <v>101159</v>
       </c>
       <c r="B586" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C586" s="4" t="s">
-        <v>1204</v>
+        <v>1205</v>
       </c>
       <c r="D586" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E586" s="4" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="F586" s="4"/>
       <c r="G586" s="4"/>
       <c r="H586" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I586" s="4" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
     </row>
     <row r="587">
       <c r="A587" s="4">
-        <v>100893</v>
+        <v>101173</v>
       </c>
       <c r="B587" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C587" s="4" t="s">
-        <v>1206</v>
+        <v>1207</v>
       </c>
       <c r="D587" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E587" s="4" t="s">
-        <v>1207</v>
+        <v>1208</v>
       </c>
       <c r="F587" s="4"/>
       <c r="G587" s="4"/>
       <c r="H587" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I587" s="4" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
     </row>
     <row r="588">
       <c r="A588" s="4">
-        <v>100890</v>
+        <v>100887</v>
       </c>
       <c r="B588" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C588" s="4" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
       <c r="D588" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E588" s="4" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
       <c r="F588" s="4"/>
       <c r="G588" s="4"/>
       <c r="H588" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I588" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="589">
       <c r="A589" s="4">
-        <v>101098</v>
+        <v>100158</v>
       </c>
       <c r="B589" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C589" s="4" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
       <c r="D589" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E589" s="4" t="s">
-        <v>1211</v>
+        <v>1212</v>
       </c>
       <c r="F589" s="4"/>
       <c r="G589" s="4"/>
       <c r="H589" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I589" s="4" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
     </row>
     <row r="590">
       <c r="A590" s="4">
-        <v>100025</v>
+        <v>100901</v>
       </c>
       <c r="B590" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C590" s="4" t="s">
-        <v>1212</v>
+        <v>1213</v>
       </c>
       <c r="D590" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E590" s="4" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
       <c r="F590" s="4"/>
       <c r="G590" s="4"/>
       <c r="H590" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I590" s="4" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
     </row>
     <row r="591">
       <c r="A591" s="4">
-        <v>100136</v>
+        <v>100888</v>
       </c>
       <c r="B591" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C591" s="4" t="s">
-        <v>1214</v>
+        <v>1215</v>
       </c>
       <c r="D591" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E591" s="4" t="s">
-        <v>1215</v>
+        <v>1216</v>
       </c>
       <c r="F591" s="4"/>
       <c r="G591" s="4"/>
       <c r="H591" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I591" s="4" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
     </row>
     <row r="592">
       <c r="A592" s="4">
-        <v>100137</v>
+        <v>100891</v>
       </c>
       <c r="B592" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C592" s="4" t="s">
-        <v>1216</v>
+        <v>1217</v>
       </c>
       <c r="D592" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E592" s="4" t="s">
-        <v>1217</v>
+        <v>1218</v>
       </c>
       <c r="F592" s="4"/>
       <c r="G592" s="4"/>
       <c r="H592" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I592" s="4" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
     </row>
     <row r="593">
       <c r="A593" s="4">
-        <v>100897</v>
+        <v>100892</v>
       </c>
       <c r="B593" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C593" s="4" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
       <c r="D593" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E593" s="4" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
       <c r="F593" s="4"/>
       <c r="G593" s="4"/>
       <c r="H593" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I593" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="594">
       <c r="A594" s="4">
-        <v>101054</v>
+        <v>100893</v>
       </c>
       <c r="B594" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C594" s="4" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="D594" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E594" s="4" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="F594" s="4"/>
       <c r="G594" s="4"/>
       <c r="H594" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I594" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="595">
       <c r="A595" s="4">
-        <v>100026</v>
+        <v>100890</v>
       </c>
       <c r="B595" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C595" s="4" t="s">
-        <v>1222</v>
+        <v>1223</v>
       </c>
       <c r="D595" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E595" s="4" t="s">
-        <v>1223</v>
+        <v>1224</v>
       </c>
       <c r="F595" s="4"/>
       <c r="G595" s="4"/>
       <c r="H595" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I595" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="596">
       <c r="A596" s="4">
-        <v>100138</v>
+        <v>101098</v>
       </c>
       <c r="B596" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C596" s="4" t="s">
-        <v>1224</v>
+        <v>1225</v>
       </c>
       <c r="D596" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E596" s="4" t="s">
-        <v>1225</v>
+        <v>1226</v>
       </c>
       <c r="F596" s="4"/>
       <c r="G596" s="4"/>
       <c r="H596" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I596" s="4" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
     </row>
     <row r="597">
       <c r="A597" s="4">
-        <v>100139</v>
+        <v>100025</v>
       </c>
       <c r="B597" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C597" s="4" t="s">
-        <v>1226</v>
+        <v>1227</v>
       </c>
       <c r="D597" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E597" s="4" t="s">
-        <v>1227</v>
+        <v>1228</v>
       </c>
       <c r="F597" s="4"/>
       <c r="G597" s="4"/>
       <c r="H597" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I597" s="4" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
     </row>
     <row r="598">
       <c r="A598" s="4">
-        <v>100934</v>
+        <v>100136</v>
       </c>
       <c r="B598" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C598" s="4" t="s">
-        <v>1228</v>
+        <v>1229</v>
       </c>
       <c r="D598" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E598" s="4" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="F598" s="4"/>
       <c r="G598" s="4"/>
       <c r="H598" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I598" s="4" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
     </row>
     <row r="599">
       <c r="A599" s="4">
-        <v>100933</v>
+        <v>100137</v>
       </c>
       <c r="B599" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C599" s="4" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="D599" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E599" s="4" t="s">
-        <v>1231</v>
+        <v>1232</v>
       </c>
       <c r="F599" s="4"/>
       <c r="G599" s="4"/>
       <c r="H599" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I599" s="4" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
     </row>
     <row r="600">
       <c r="A600" s="4">
-        <v>100061</v>
+        <v>100897</v>
       </c>
       <c r="B600" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C600" s="4" t="s">
-        <v>1232</v>
+        <v>1233</v>
       </c>
       <c r="D600" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E600" s="4" t="s">
-        <v>1233</v>
+        <v>1234</v>
       </c>
       <c r="F600" s="4"/>
       <c r="G600" s="4"/>
       <c r="H600" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I600" s="4" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
     </row>
     <row r="601">
       <c r="A601" s="4">
-        <v>100900</v>
+        <v>101054</v>
       </c>
       <c r="B601" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C601" s="4" t="s">
-        <v>1234</v>
+        <v>1235</v>
       </c>
       <c r="D601" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E601" s="4" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
       <c r="F601" s="4"/>
       <c r="G601" s="4"/>
       <c r="H601" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I601" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="602">
       <c r="A602" s="4">
-        <v>100920</v>
+        <v>100026</v>
       </c>
       <c r="B602" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C602" s="4" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
       <c r="D602" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E602" s="4" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
       <c r="F602" s="4"/>
       <c r="G602" s="4"/>
       <c r="H602" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I602" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="603">
       <c r="A603" s="4">
-        <v>100932</v>
+        <v>100138</v>
       </c>
       <c r="B603" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C603" s="4" t="s">
-        <v>1238</v>
+        <v>1239</v>
       </c>
       <c r="D603" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E603" s="4" t="s">
-        <v>1239</v>
+        <v>1240</v>
       </c>
       <c r="F603" s="4"/>
       <c r="G603" s="4"/>
       <c r="H603" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I603" s="4" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
     </row>
     <row r="604">
       <c r="A604" s="4">
-        <v>100921</v>
+        <v>100139</v>
       </c>
       <c r="B604" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C604" s="4" t="s">
-        <v>1240</v>
+        <v>1241</v>
       </c>
       <c r="D604" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E604" s="4" t="s">
-        <v>1241</v>
+        <v>1242</v>
       </c>
       <c r="F604" s="4"/>
       <c r="G604" s="4"/>
       <c r="H604" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I604" s="4" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
     </row>
     <row r="605">
       <c r="A605" s="4">
-        <v>100919</v>
+        <v>100934</v>
       </c>
       <c r="B605" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C605" s="4" t="s">
-        <v>1242</v>
+        <v>1243</v>
       </c>
       <c r="D605" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E605" s="4" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="F605" s="4"/>
       <c r="G605" s="4"/>
       <c r="H605" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I605" s="4" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
     </row>
     <row r="606">
       <c r="A606" s="4">
-        <v>100918</v>
+        <v>100933</v>
       </c>
       <c r="B606" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C606" s="4" t="s">
-        <v>1244</v>
+        <v>1245</v>
       </c>
       <c r="D606" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E606" s="4" t="s">
-        <v>1245</v>
+        <v>1246</v>
       </c>
       <c r="F606" s="4"/>
       <c r="G606" s="4"/>
       <c r="H606" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I606" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="607">
       <c r="A607" s="4">
-        <v>100931</v>
+        <v>100061</v>
       </c>
       <c r="B607" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C607" s="4" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
       <c r="D607" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E607" s="4" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="F607" s="4"/>
       <c r="G607" s="4"/>
       <c r="H607" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I607" s="4" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
     </row>
     <row r="608">
       <c r="A608" s="4">
-        <v>100009</v>
+        <v>100900</v>
       </c>
       <c r="B608" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C608" s="4" t="s">
-        <v>1248</v>
+        <v>1249</v>
       </c>
       <c r="D608" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E608" s="4" t="s">
-        <v>1249</v>
+        <v>1250</v>
       </c>
       <c r="F608" s="4"/>
       <c r="G608" s="4"/>
       <c r="H608" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I608" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="609">
       <c r="A609" s="4">
-        <v>100928</v>
+        <v>100920</v>
       </c>
       <c r="B609" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C609" s="4" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
       <c r="D609" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E609" s="4" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
       <c r="F609" s="4"/>
       <c r="G609" s="4"/>
       <c r="H609" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I609" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="610">
       <c r="A610" s="4">
-        <v>100927</v>
+        <v>100932</v>
       </c>
       <c r="B610" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C610" s="4" t="s">
-        <v>1252</v>
+        <v>1253</v>
       </c>
       <c r="D610" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E610" s="4" t="s">
-        <v>1253</v>
+        <v>1254</v>
       </c>
       <c r="F610" s="4"/>
       <c r="G610" s="4"/>
       <c r="H610" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I610" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="611">
       <c r="A611" s="4">
-        <v>100010</v>
+        <v>100921</v>
       </c>
       <c r="B611" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C611" s="4" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="D611" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E611" s="4" t="s">
-        <v>1255</v>
+        <v>1256</v>
       </c>
       <c r="F611" s="4"/>
       <c r="G611" s="4"/>
       <c r="H611" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I611" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="612">
       <c r="A612" s="4">
-        <v>100929</v>
+        <v>100919</v>
       </c>
       <c r="B612" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C612" s="4" t="s">
-        <v>1256</v>
+        <v>1257</v>
       </c>
       <c r="D612" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E612" s="4" t="s">
-        <v>1257</v>
+        <v>1258</v>
       </c>
       <c r="F612" s="4"/>
       <c r="G612" s="4"/>
       <c r="H612" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I612" s="4" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
     </row>
     <row r="613">
       <c r="A613" s="4">
-        <v>100930</v>
+        <v>100918</v>
       </c>
       <c r="B613" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C613" s="4" t="s">
-        <v>1258</v>
+        <v>1259</v>
       </c>
       <c r="D613" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E613" s="4" t="s">
-        <v>1259</v>
+        <v>1260</v>
       </c>
       <c r="F613" s="4"/>
       <c r="G613" s="4"/>
       <c r="H613" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I613" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="614">
       <c r="A614" s="4">
-        <v>100926</v>
+        <v>100931</v>
       </c>
       <c r="B614" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C614" s="4" t="s">
-        <v>1260</v>
+        <v>1261</v>
       </c>
       <c r="D614" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E614" s="4" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
       <c r="F614" s="4"/>
       <c r="G614" s="4"/>
       <c r="H614" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I614" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="615">
       <c r="A615" s="4">
-        <v>100925</v>
+        <v>100009</v>
       </c>
       <c r="B615" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C615" s="4" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
       <c r="D615" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E615" s="4" t="s">
-        <v>1263</v>
+        <v>1264</v>
       </c>
       <c r="F615" s="4"/>
       <c r="G615" s="4"/>
       <c r="H615" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I615" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="616">
       <c r="A616" s="4">
-        <v>100905</v>
+        <v>100928</v>
       </c>
       <c r="B616" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C616" s="4" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
       <c r="D616" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E616" s="4" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
       <c r="F616" s="4"/>
       <c r="G616" s="4"/>
       <c r="H616" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I616" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="617">
       <c r="A617" s="4">
-        <v>100904</v>
+        <v>100927</v>
       </c>
       <c r="B617" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C617" s="4" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
       <c r="D617" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E617" s="4" t="s">
-        <v>1267</v>
+        <v>1268</v>
       </c>
       <c r="F617" s="4"/>
       <c r="G617" s="4"/>
       <c r="H617" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I617" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="618">
       <c r="A618" s="4">
-        <v>100903</v>
+        <v>100010</v>
       </c>
       <c r="B618" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C618" s="4" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
       <c r="D618" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E618" s="4" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="F618" s="4"/>
       <c r="G618" s="4"/>
       <c r="H618" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I618" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="619">
       <c r="A619" s="4">
-        <v>100902</v>
+        <v>100929</v>
       </c>
       <c r="B619" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C619" s="4" t="s">
-        <v>1270</v>
+        <v>1271</v>
       </c>
       <c r="D619" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E619" s="4" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
       <c r="F619" s="4"/>
       <c r="G619" s="4"/>
       <c r="H619" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I619" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="620">
       <c r="A620" s="4">
-        <v>100894</v>
+        <v>100930</v>
       </c>
       <c r="B620" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C620" s="4" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
       <c r="D620" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E620" s="4" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
       <c r="F620" s="4"/>
       <c r="G620" s="4"/>
       <c r="H620" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I620" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="621">
       <c r="A621" s="4">
-        <v>100909</v>
+        <v>100926</v>
       </c>
       <c r="B621" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C621" s="4" t="s">
-        <v>1274</v>
+        <v>1275</v>
       </c>
       <c r="D621" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E621" s="4" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="F621" s="4"/>
       <c r="G621" s="4"/>
       <c r="H621" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I621" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="622">
       <c r="A622" s="4">
-        <v>100924</v>
+        <v>100925</v>
       </c>
       <c r="B622" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C622" s="4" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="D622" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E622" s="4" t="s">
-        <v>1277</v>
+        <v>1278</v>
       </c>
       <c r="F622" s="4"/>
       <c r="G622" s="4"/>
       <c r="H622" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I622" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="623">
       <c r="A623" s="4">
-        <v>100895</v>
+        <v>100905</v>
       </c>
       <c r="B623" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C623" s="4" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
       <c r="D623" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E623" s="4" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
       <c r="F623" s="4"/>
       <c r="G623" s="4"/>
       <c r="H623" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I623" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="624">
       <c r="A624" s="4">
-        <v>100889</v>
+        <v>100904</v>
       </c>
       <c r="B624" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C624" s="4" t="s">
-        <v>1280</v>
+        <v>1281</v>
       </c>
       <c r="D624" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E624" s="4" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="F624" s="4"/>
       <c r="G624" s="4"/>
       <c r="H624" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I624" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="625">
       <c r="A625" s="4">
-        <v>100043</v>
+        <v>100903</v>
       </c>
       <c r="B625" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C625" s="4" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
       <c r="D625" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E625" s="4" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="F625" s="4"/>
       <c r="G625" s="4"/>
       <c r="H625" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I625" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="626">
       <c r="A626" s="4">
-        <v>100896</v>
+        <v>100902</v>
       </c>
       <c r="B626" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C626" s="4" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
       <c r="D626" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E626" s="4" t="s">
-        <v>1285</v>
+        <v>1286</v>
       </c>
       <c r="F626" s="4"/>
       <c r="G626" s="4"/>
       <c r="H626" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I626" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="627">
       <c r="A627" s="4">
-        <v>101243</v>
+        <v>100894</v>
       </c>
       <c r="B627" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C627" s="4" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
       <c r="D627" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E627" s="4" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
       <c r="F627" s="4"/>
       <c r="G627" s="4"/>
       <c r="H627" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I627" s="4" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
     </row>
     <row r="628">
       <c r="A628" s="4">
-        <v>101237</v>
+        <v>100909</v>
       </c>
       <c r="B628" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C628" s="4" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="D628" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E628" s="4" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="F628" s="4"/>
       <c r="G628" s="4"/>
       <c r="H628" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I628" s="4" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
     </row>
     <row r="629">
       <c r="A629" s="4">
-        <v>101260</v>
+        <v>100924</v>
       </c>
       <c r="B629" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C629" s="4" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="D629" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E629" s="4" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="F629" s="4"/>
       <c r="G629" s="4"/>
       <c r="H629" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I629" s="4" t="s">
-        <v>511</v>
+        <v>14</v>
       </c>
     </row>
     <row r="630">
       <c r="A630" s="4">
-        <v>101038</v>
+        <v>100895</v>
       </c>
       <c r="B630" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C630" s="4" t="s">
-        <v>1292</v>
+        <v>1293</v>
       </c>
       <c r="D630" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E630" s="4" t="s">
-        <v>1293</v>
+        <v>1294</v>
       </c>
       <c r="F630" s="4"/>
       <c r="G630" s="4"/>
       <c r="H630" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I630" s="4" t="s">
-        <v>219</v>
+        <v>14</v>
       </c>
     </row>
     <row r="631">
       <c r="A631" s="4">
-        <v>101013</v>
+        <v>100889</v>
       </c>
       <c r="B631" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C631" s="4" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
       <c r="D631" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E631" s="4" t="s">
-        <v>1295</v>
+        <v>1296</v>
       </c>
       <c r="F631" s="4"/>
       <c r="G631" s="4"/>
       <c r="H631" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I631" s="4" t="s">
-        <v>219</v>
+        <v>14</v>
       </c>
     </row>
     <row r="632">
       <c r="A632" s="4">
-        <v>101012</v>
+        <v>100043</v>
       </c>
       <c r="B632" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C632" s="4" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
       <c r="D632" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E632" s="4" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
       <c r="F632" s="4"/>
       <c r="G632" s="4"/>
       <c r="H632" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I632" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="633">
       <c r="A633" s="4">
-        <v>101010</v>
+        <v>100896</v>
       </c>
       <c r="B633" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C633" s="4" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
       <c r="D633" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E633" s="4" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="F633" s="4"/>
       <c r="G633" s="4"/>
       <c r="H633" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I633" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="634">
       <c r="A634" s="4">
-        <v>100112</v>
+        <v>101243</v>
       </c>
       <c r="B634" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C634" s="4" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="D634" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E634" s="4" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
       <c r="F634" s="4"/>
       <c r="G634" s="4"/>
       <c r="H634" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I634" s="4" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
     </row>
     <row r="635">
       <c r="A635" s="4">
-        <v>100111</v>
+        <v>101237</v>
       </c>
       <c r="B635" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C635" s="4" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
       <c r="D635" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E635" s="4" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
       <c r="F635" s="4"/>
       <c r="G635" s="4"/>
       <c r="H635" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I635" s="4" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
     </row>
     <row r="636">
       <c r="A636" s="4">
-        <v>101000</v>
+        <v>101260</v>
       </c>
       <c r="B636" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C636" s="4" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
       <c r="D636" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E636" s="4" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
       <c r="F636" s="4"/>
       <c r="G636" s="4"/>
       <c r="H636" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I636" s="4" t="s">
-        <v>14</v>
+        <v>511</v>
       </c>
     </row>
     <row r="637">
       <c r="A637" s="4">
-        <v>100997</v>
+        <v>101038</v>
       </c>
       <c r="B637" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C637" s="4" t="s">
-        <v>1306</v>
+        <v>1307</v>
       </c>
       <c r="D637" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E637" s="4" t="s">
-        <v>1307</v>
+        <v>1308</v>
       </c>
       <c r="F637" s="4"/>
       <c r="G637" s="4"/>
       <c r="H637" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I637" s="4" t="s">
-        <v>158</v>
+        <v>219</v>
       </c>
     </row>
     <row r="638">
       <c r="A638" s="4">
-        <v>100099</v>
+        <v>101013</v>
       </c>
       <c r="B638" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C638" s="4" t="s">
-        <v>1308</v>
+        <v>1309</v>
       </c>
       <c r="D638" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E638" s="4" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
       <c r="F638" s="4"/>
       <c r="G638" s="4"/>
       <c r="H638" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I638" s="4" t="s">
-        <v>27</v>
+        <v>219</v>
       </c>
     </row>
     <row r="639">
       <c r="A639" s="4">
-        <v>101011</v>
+        <v>101012</v>
       </c>
       <c r="B639" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C639" s="4" t="s">
-        <v>1310</v>
+        <v>1311</v>
       </c>
       <c r="D639" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E639" s="4" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
       <c r="F639" s="4"/>
       <c r="G639" s="4"/>
       <c r="H639" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I639" s="4" t="s">
-        <v>219</v>
+        <v>14</v>
       </c>
     </row>
     <row r="640">
       <c r="A640" s="4">
-        <v>101103</v>
+        <v>101010</v>
       </c>
       <c r="B640" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C640" s="4" t="s">
-        <v>1312</v>
+        <v>1313</v>
       </c>
       <c r="D640" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E640" s="4" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
       <c r="F640" s="4"/>
       <c r="G640" s="4"/>
       <c r="H640" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I640" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="641">
       <c r="A641" s="4">
-        <v>101183</v>
+        <v>100112</v>
       </c>
       <c r="B641" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C641" s="4" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="D641" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E641" s="4" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
       <c r="F641" s="4"/>
       <c r="G641" s="4"/>
       <c r="H641" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I641" s="4" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
     </row>
     <row r="642">
       <c r="A642" s="4">
-        <v>101006</v>
+        <v>100111</v>
       </c>
       <c r="B642" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C642" s="4" t="s">
-        <v>1316</v>
+        <v>1317</v>
       </c>
       <c r="D642" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E642" s="4" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="F642" s="4"/>
       <c r="G642" s="4"/>
       <c r="H642" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I642" s="4" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
     </row>
     <row r="643">
       <c r="A643" s="4">
-        <v>101104</v>
+        <v>101000</v>
       </c>
       <c r="B643" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C643" s="4" t="s">
-        <v>1318</v>
+        <v>1319</v>
       </c>
       <c r="D643" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E643" s="4" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="F643" s="4"/>
       <c r="G643" s="4"/>
       <c r="H643" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I643" s="4" t="s">
-        <v>219</v>
+        <v>14</v>
       </c>
     </row>
     <row r="644">
       <c r="A644" s="4">
-        <v>101105</v>
+        <v>100997</v>
       </c>
       <c r="B644" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C644" s="4" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
       <c r="D644" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E644" s="4" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
       <c r="F644" s="4"/>
       <c r="G644" s="4"/>
       <c r="H644" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I644" s="4" t="s">
-        <v>14</v>
+        <v>158</v>
       </c>
     </row>
     <row r="645">
       <c r="A645" s="4">
-        <v>101248</v>
+        <v>100099</v>
       </c>
       <c r="B645" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C645" s="4" t="s">
-        <v>1322</v>
+        <v>1323</v>
       </c>
       <c r="D645" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E645" s="4" t="s">
-        <v>1323</v>
+        <v>1324</v>
       </c>
       <c r="F645" s="4"/>
       <c r="G645" s="4"/>
       <c r="H645" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I645" s="4" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
     </row>
     <row r="646">
       <c r="A646" s="4">
-        <v>101249</v>
+        <v>101011</v>
       </c>
       <c r="B646" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C646" s="4" t="s">
-        <v>1324</v>
+        <v>1325</v>
       </c>
       <c r="D646" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E646" s="4" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
       <c r="F646" s="4"/>
       <c r="G646" s="4"/>
       <c r="H646" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I646" s="4" t="s">
-        <v>22</v>
+        <v>219</v>
       </c>
     </row>
     <row r="647">
       <c r="A647" s="4">
-        <v>101247</v>
+        <v>101103</v>
       </c>
       <c r="B647" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C647" s="4" t="s">
-        <v>1326</v>
+        <v>1327</v>
       </c>
       <c r="D647" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E647" s="4" t="s">
-        <v>1323</v>
+        <v>1328</v>
       </c>
       <c r="F647" s="4"/>
       <c r="G647" s="4"/>
       <c r="H647" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I647" s="4" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
     </row>
     <row r="648">
       <c r="A648" s="4">
-        <v>101005</v>
+        <v>101183</v>
       </c>
       <c r="B648" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C648" s="4" t="s">
-        <v>1327</v>
+        <v>1329</v>
       </c>
       <c r="D648" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E648" s="4" t="s">
-        <v>1328</v>
+        <v>1330</v>
       </c>
       <c r="F648" s="4"/>
       <c r="G648" s="4"/>
       <c r="H648" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I648" s="4" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
     </row>
     <row r="649">
       <c r="A649" s="4">
-        <v>100161</v>
+        <v>101006</v>
       </c>
       <c r="B649" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C649" s="4" t="s">
-        <v>1329</v>
+        <v>1331</v>
       </c>
       <c r="D649" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E649" s="4" t="s">
-        <v>1330</v>
+        <v>1332</v>
       </c>
       <c r="F649" s="4"/>
       <c r="G649" s="4"/>
       <c r="H649" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I649" s="4" t="s">
-        <v>382</v>
+        <v>14</v>
       </c>
     </row>
     <row r="650">
       <c r="A650" s="4">
-        <v>100160</v>
+        <v>101104</v>
       </c>
       <c r="B650" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C650" s="4" t="s">
-        <v>1331</v>
+        <v>1333</v>
       </c>
       <c r="D650" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E650" s="4" t="s">
-        <v>1332</v>
+        <v>1334</v>
       </c>
       <c r="F650" s="4"/>
       <c r="G650" s="4"/>
       <c r="H650" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I650" s="4" t="s">
-        <v>382</v>
+        <v>219</v>
       </c>
     </row>
     <row r="651">
       <c r="A651" s="4">
-        <v>100133</v>
+        <v>101105</v>
       </c>
       <c r="B651" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C651" s="4" t="s">
-        <v>1333</v>
+        <v>1335</v>
       </c>
       <c r="D651" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E651" s="4" t="s">
-        <v>1334</v>
+        <v>1336</v>
       </c>
       <c r="F651" s="4"/>
       <c r="G651" s="4"/>
       <c r="H651" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I651" s="4" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
     </row>
     <row r="652">
       <c r="A652" s="4">
-        <v>100134</v>
+        <v>101248</v>
       </c>
       <c r="B652" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C652" s="4" t="s">
-        <v>1335</v>
+        <v>1337</v>
       </c>
       <c r="D652" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E652" s="4" t="s">
-        <v>1336</v>
+        <v>1338</v>
       </c>
       <c r="F652" s="4"/>
       <c r="G652" s="4"/>
       <c r="H652" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I652" s="4" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
     </row>
     <row r="653">
       <c r="A653" s="4">
-        <v>100996</v>
+        <v>101249</v>
       </c>
       <c r="B653" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C653" s="4" t="s">
-        <v>1337</v>
+        <v>1339</v>
       </c>
       <c r="D653" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E653" s="4" t="s">
-        <v>1338</v>
+        <v>1340</v>
       </c>
       <c r="F653" s="4"/>
       <c r="G653" s="4"/>
       <c r="H653" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I653" s="4" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
     </row>
     <row r="654">
       <c r="A654" s="4">
-        <v>101002</v>
+        <v>101247</v>
       </c>
       <c r="B654" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C654" s="4" t="s">
-        <v>1339</v>
+        <v>1341</v>
       </c>
       <c r="D654" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E654" s="4" t="s">
-        <v>1340</v>
+        <v>1338</v>
       </c>
       <c r="F654" s="4"/>
       <c r="G654" s="4"/>
       <c r="H654" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I654" s="4" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="655">
       <c r="A655" s="4">
-        <v>101008</v>
+        <v>101005</v>
       </c>
       <c r="B655" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C655" s="4" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
       <c r="D655" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E655" s="4" t="s">
-        <v>1342</v>
+        <v>1343</v>
       </c>
       <c r="F655" s="4"/>
       <c r="G655" s="4"/>
       <c r="H655" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I655" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="656">
       <c r="A656" s="4">
-        <v>101003</v>
+        <v>100161</v>
       </c>
       <c r="B656" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C656" s="4" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="D656" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E656" s="4" t="s">
-        <v>1344</v>
+        <v>1345</v>
       </c>
       <c r="F656" s="4"/>
       <c r="G656" s="4"/>
       <c r="H656" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I656" s="4" t="s">
-        <v>14</v>
+        <v>382</v>
       </c>
     </row>
     <row r="657">
       <c r="A657" s="4">
-        <v>101250</v>
+        <v>100160</v>
       </c>
       <c r="B657" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C657" s="4" t="s">
-        <v>1345</v>
+        <v>1346</v>
       </c>
       <c r="D657" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E657" s="4" t="s">
-        <v>1346</v>
+        <v>1347</v>
       </c>
       <c r="F657" s="4"/>
       <c r="G657" s="4"/>
       <c r="H657" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I657" s="4" t="s">
-        <v>22</v>
+        <v>382</v>
       </c>
     </row>
     <row r="658">
       <c r="A658" s="4">
-        <v>101001</v>
+        <v>100133</v>
       </c>
       <c r="B658" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C658" s="4" t="s">
-        <v>1347</v>
+        <v>1348</v>
       </c>
       <c r="D658" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E658" s="4" t="s">
-        <v>1348</v>
+        <v>1349</v>
       </c>
       <c r="F658" s="4"/>
       <c r="G658" s="4"/>
       <c r="H658" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I658" s="4" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
     </row>
     <row r="659">
       <c r="A659" s="4">
-        <v>101182</v>
+        <v>100134</v>
       </c>
       <c r="B659" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C659" s="4" t="s">
-        <v>1349</v>
+        <v>1350</v>
       </c>
       <c r="D659" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E659" s="4" t="s">
-        <v>1350</v>
+        <v>1351</v>
       </c>
       <c r="F659" s="4"/>
       <c r="G659" s="4"/>
       <c r="H659" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I659" s="4" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
     </row>
     <row r="660">
       <c r="A660" s="4">
-        <v>100999</v>
+        <v>100996</v>
       </c>
       <c r="B660" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C660" s="4" t="s">
-        <v>1351</v>
+        <v>1352</v>
       </c>
       <c r="D660" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E660" s="4" t="s">
-        <v>1352</v>
+        <v>1353</v>
       </c>
       <c r="F660" s="4"/>
       <c r="G660" s="4"/>
       <c r="H660" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I660" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="661">
       <c r="A661" s="4">
-        <v>101004</v>
+        <v>101002</v>
       </c>
       <c r="B661" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C661" s="4" t="s">
-        <v>1353</v>
+        <v>1354</v>
       </c>
       <c r="D661" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E661" s="4" t="s">
-        <v>1354</v>
+        <v>1355</v>
       </c>
       <c r="F661" s="4"/>
       <c r="G661" s="4"/>
       <c r="H661" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I661" s="4" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
     </row>
     <row r="662">
       <c r="A662" s="4">
-        <v>100356</v>
+        <v>101008</v>
       </c>
       <c r="B662" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C662" s="4" t="s">
-        <v>1355</v>
+        <v>1356</v>
       </c>
       <c r="D662" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E662" s="4" t="s">
-        <v>1356</v>
+        <v>1357</v>
       </c>
       <c r="F662" s="4"/>
       <c r="G662" s="4"/>
       <c r="H662" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I662" s="4" t="s">
-        <v>382</v>
+        <v>14</v>
       </c>
     </row>
     <row r="663">
       <c r="A663" s="4">
-        <v>101215</v>
+        <v>101003</v>
       </c>
       <c r="B663" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C663" s="4" t="s">
-        <v>1357</v>
+        <v>1358</v>
       </c>
       <c r="D663" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E663" s="4" t="s">
-        <v>1358</v>
+        <v>1359</v>
       </c>
       <c r="F663" s="4"/>
       <c r="G663" s="4"/>
       <c r="H663" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I663" s="4" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
     </row>
     <row r="664">
       <c r="A664" s="4">
-        <v>100989</v>
+        <v>101250</v>
       </c>
       <c r="B664" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C664" s="4" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
       <c r="D664" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E664" s="4" t="s">
-        <v>1360</v>
+        <v>1361</v>
       </c>
       <c r="F664" s="4"/>
       <c r="G664" s="4"/>
       <c r="H664" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I664" s="4" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
     </row>
     <row r="665">
       <c r="A665" s="4">
-        <v>100998</v>
+        <v>101001</v>
       </c>
       <c r="B665" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C665" s="4" t="s">
-        <v>1361</v>
+        <v>1362</v>
       </c>
       <c r="D665" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E665" s="4" t="s">
-        <v>1362</v>
+        <v>1363</v>
       </c>
       <c r="F665" s="4"/>
       <c r="G665" s="4"/>
       <c r="H665" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I665" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="666">
       <c r="A666" s="4">
-        <v>101181</v>
+        <v>101182</v>
       </c>
       <c r="B666" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C666" s="4" t="s">
-        <v>1363</v>
+        <v>1364</v>
       </c>
       <c r="D666" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E666" s="4" t="s">
-        <v>1364</v>
+        <v>1365</v>
       </c>
       <c r="F666" s="4"/>
       <c r="G666" s="4"/>
       <c r="H666" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I666" s="4" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="667">
       <c r="A667" s="4">
-        <v>101258</v>
+        <v>100999</v>
       </c>
       <c r="B667" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C667" s="4" t="s">
-        <v>1365</v>
+        <v>1366</v>
       </c>
       <c r="D667" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E667" s="4" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
       <c r="F667" s="4"/>
       <c r="G667" s="4"/>
       <c r="H667" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I667" s="4" t="s">
-        <v>511</v>
+        <v>14</v>
       </c>
     </row>
     <row r="668">
       <c r="A668" s="4">
-        <v>100995</v>
+        <v>101004</v>
       </c>
       <c r="B668" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C668" s="4" t="s">
-        <v>1367</v>
+        <v>1368</v>
       </c>
       <c r="D668" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E668" s="4" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="F668" s="4"/>
       <c r="G668" s="4"/>
       <c r="H668" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I668" s="4" t="s">
-        <v>1369</v>
+        <v>14</v>
       </c>
     </row>
     <row r="669">
       <c r="A669" s="4">
-        <v>101007</v>
+        <v>100356</v>
       </c>
       <c r="B669" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C669" s="4" t="s">
         <v>1370</v>
       </c>
       <c r="D669" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E669" s="4" t="s">
         <v>1371</v>
       </c>
       <c r="F669" s="4"/>
       <c r="G669" s="4"/>
       <c r="H669" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I669" s="4" t="s">
-        <v>14</v>
+        <v>382</v>
       </c>
     </row>
     <row r="670">
       <c r="A670" s="4">
-        <v>101072</v>
+        <v>101215</v>
       </c>
       <c r="B670" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C670" s="4" t="s">
         <v>1372</v>
       </c>
       <c r="D670" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E670" s="4" t="s">
         <v>1373</v>
       </c>
       <c r="F670" s="4"/>
       <c r="G670" s="4"/>
       <c r="H670" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I670" s="4" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
     </row>
     <row r="671">
       <c r="A671" s="4">
-        <v>101208</v>
+        <v>100989</v>
       </c>
       <c r="B671" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C671" s="4" t="s">
         <v>1374</v>
       </c>
       <c r="D671" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E671" s="4" t="s">
         <v>1375</v>
       </c>
       <c r="F671" s="4"/>
       <c r="G671" s="4"/>
       <c r="H671" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I671" s="4" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
     </row>
     <row r="672">
       <c r="A672" s="4">
-        <v>100310</v>
+        <v>100998</v>
       </c>
       <c r="B672" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C672" s="4" t="s">
         <v>1376</v>
       </c>
       <c r="D672" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E672" s="4" t="s">
         <v>1377</v>
       </c>
       <c r="F672" s="4"/>
       <c r="G672" s="4"/>
       <c r="H672" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I672" s="4" t="s">
-        <v>382</v>
+        <v>14</v>
       </c>
     </row>
     <row r="673">
       <c r="A673" s="4">
-        <v>101203</v>
+        <v>101181</v>
       </c>
       <c r="B673" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C673" s="4" t="s">
         <v>1378</v>
       </c>
       <c r="D673" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E673" s="4" t="s">
         <v>1379</v>
       </c>
       <c r="F673" s="4"/>
       <c r="G673" s="4"/>
       <c r="H673" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I673" s="4" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="674">
       <c r="A674" s="4">
-        <v>100309</v>
+        <v>101258</v>
       </c>
       <c r="B674" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C674" s="4" t="s">
         <v>1380</v>
       </c>
       <c r="D674" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E674" s="4" t="s">
         <v>1381</v>
       </c>
       <c r="F674" s="4"/>
       <c r="G674" s="4"/>
       <c r="H674" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I674" s="4" t="s">
-        <v>382</v>
+        <v>511</v>
       </c>
     </row>
     <row r="675">
       <c r="A675" s="4">
-        <v>100110</v>
+        <v>100995</v>
       </c>
       <c r="B675" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C675" s="4" t="s">
         <v>1382</v>
       </c>
       <c r="D675" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E675" s="4" t="s">
         <v>1383</v>
       </c>
       <c r="F675" s="4"/>
       <c r="G675" s="4"/>
       <c r="H675" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I675" s="4" t="s">
-        <v>27</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="676">
       <c r="A676" s="4">
-        <v>100034</v>
+        <v>101007</v>
       </c>
       <c r="B676" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C676" s="4" t="s">
-        <v>1384</v>
+        <v>1385</v>
       </c>
       <c r="D676" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E676" s="4" t="s">
-        <v>1385</v>
+        <v>1386</v>
       </c>
       <c r="F676" s="4"/>
       <c r="G676" s="4"/>
       <c r="H676" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I676" s="4" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
     </row>
     <row r="677">
       <c r="A677" s="4">
-        <v>100308</v>
+        <v>101072</v>
       </c>
       <c r="B677" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C677" s="4" t="s">
-        <v>1386</v>
+        <v>1387</v>
       </c>
       <c r="D677" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E677" s="4" t="s">
-        <v>1387</v>
+        <v>1388</v>
       </c>
       <c r="F677" s="4"/>
       <c r="G677" s="4"/>
       <c r="H677" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I677" s="4" t="s">
-        <v>82</v>
+        <v>14</v>
       </c>
     </row>
     <row r="678">
       <c r="A678" s="4">
-        <v>100307</v>
+        <v>101208</v>
       </c>
       <c r="B678" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C678" s="4" t="s">
-        <v>1388</v>
+        <v>1389</v>
       </c>
       <c r="D678" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E678" s="4" t="s">
-        <v>1389</v>
+        <v>1390</v>
       </c>
       <c r="F678" s="4"/>
       <c r="G678" s="4"/>
       <c r="H678" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I678" s="4" t="s">
-        <v>158</v>
+        <v>22</v>
       </c>
     </row>
     <row r="679">
       <c r="A679" s="4">
-        <v>100316</v>
+        <v>100310</v>
       </c>
       <c r="B679" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C679" s="4" t="s">
-        <v>1390</v>
+        <v>1391</v>
       </c>
       <c r="D679" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E679" s="4" t="s">
-        <v>1391</v>
+        <v>1392</v>
       </c>
       <c r="F679" s="4"/>
       <c r="G679" s="4"/>
       <c r="H679" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I679" s="4" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="680">
       <c r="A680" s="4">
-        <v>100314</v>
+        <v>101203</v>
       </c>
       <c r="B680" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C680" s="4" t="s">
-        <v>1392</v>
+        <v>1393</v>
       </c>
       <c r="D680" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E680" s="4" t="s">
-        <v>1393</v>
+        <v>1394</v>
       </c>
       <c r="F680" s="4"/>
       <c r="G680" s="4"/>
       <c r="H680" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I680" s="4" t="s">
-        <v>382</v>
+        <v>22</v>
       </c>
     </row>
     <row r="681">
       <c r="A681" s="4">
-        <v>100315</v>
+        <v>100309</v>
       </c>
       <c r="B681" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C681" s="4" t="s">
-        <v>1394</v>
+        <v>1395</v>
       </c>
       <c r="D681" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E681" s="4" t="s">
-        <v>1395</v>
+        <v>1396</v>
       </c>
       <c r="F681" s="4"/>
       <c r="G681" s="4"/>
       <c r="H681" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I681" s="4" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="682">
       <c r="A682" s="4">
-        <v>100313</v>
+        <v>100110</v>
       </c>
       <c r="B682" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C682" s="4" t="s">
-        <v>1396</v>
+        <v>1397</v>
       </c>
       <c r="D682" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E682" s="4" t="s">
-        <v>1397</v>
+        <v>1398</v>
       </c>
       <c r="F682" s="4"/>
       <c r="G682" s="4"/>
       <c r="H682" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I682" s="4" t="s">
-        <v>382</v>
+        <v>27</v>
       </c>
     </row>
     <row r="683">
       <c r="A683" s="4">
-        <v>101209</v>
+        <v>100034</v>
       </c>
       <c r="B683" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C683" s="4" t="s">
-        <v>1398</v>
+        <v>1399</v>
       </c>
       <c r="D683" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E683" s="4" t="s">
-        <v>1399</v>
+        <v>1400</v>
       </c>
       <c r="F683" s="4"/>
       <c r="G683" s="4"/>
       <c r="H683" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I683" s="4" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="684">
       <c r="A684" s="4">
-        <v>100321</v>
+        <v>100308</v>
       </c>
       <c r="B684" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C684" s="4" t="s">
-        <v>1400</v>
+        <v>1401</v>
       </c>
       <c r="D684" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E684" s="4" t="s">
-        <v>1401</v>
+        <v>1402</v>
       </c>
       <c r="F684" s="4"/>
       <c r="G684" s="4"/>
       <c r="H684" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I684" s="4" t="s">
-        <v>382</v>
+        <v>82</v>
       </c>
     </row>
     <row r="685">
       <c r="A685" s="4">
-        <v>101226</v>
+        <v>100307</v>
       </c>
       <c r="B685" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C685" s="4" t="s">
-        <v>1402</v>
+        <v>1403</v>
       </c>
       <c r="D685" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E685" s="4" t="s">
-        <v>1403</v>
+        <v>1404</v>
       </c>
       <c r="F685" s="4"/>
       <c r="G685" s="4"/>
       <c r="H685" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I685" s="4" t="s">
-        <v>22</v>
+        <v>158</v>
       </c>
     </row>
     <row r="686">
       <c r="A686" s="4">
-        <v>100322</v>
+        <v>100316</v>
       </c>
       <c r="B686" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C686" s="4" t="s">
-        <v>1404</v>
+        <v>1405</v>
       </c>
       <c r="D686" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E686" s="4" t="s">
-        <v>1405</v>
+        <v>1406</v>
       </c>
       <c r="F686" s="4"/>
       <c r="G686" s="4"/>
       <c r="H686" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I686" s="4" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="687">
       <c r="A687" s="4">
-        <v>100320</v>
+        <v>100314</v>
       </c>
       <c r="B687" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C687" s="4" t="s">
-        <v>1406</v>
+        <v>1407</v>
       </c>
       <c r="D687" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E687" s="4" t="s">
-        <v>1407</v>
+        <v>1408</v>
       </c>
       <c r="F687" s="4"/>
       <c r="G687" s="4"/>
       <c r="H687" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I687" s="4" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="688">
       <c r="A688" s="4">
-        <v>101207</v>
+        <v>100315</v>
       </c>
       <c r="B688" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C688" s="4" t="s">
-        <v>1408</v>
+        <v>1409</v>
       </c>
       <c r="D688" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E688" s="4" t="s">
-        <v>1409</v>
+        <v>1410</v>
       </c>
       <c r="F688" s="4"/>
       <c r="G688" s="4"/>
       <c r="H688" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I688" s="4" t="s">
-        <v>22</v>
+        <v>382</v>
       </c>
     </row>
     <row r="689">
       <c r="A689" s="4">
-        <v>100319</v>
+        <v>100313</v>
       </c>
       <c r="B689" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C689" s="4" t="s">
-        <v>1410</v>
+        <v>1411</v>
       </c>
       <c r="D689" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E689" s="4" t="s">
-        <v>1411</v>
+        <v>1412</v>
       </c>
       <c r="F689" s="4"/>
       <c r="G689" s="4"/>
       <c r="H689" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I689" s="4" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="690">
       <c r="A690" s="4">
-        <v>101206</v>
+        <v>101209</v>
       </c>
       <c r="B690" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C690" s="4" t="s">
-        <v>1412</v>
+        <v>1413</v>
       </c>
       <c r="D690" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E690" s="4" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
       <c r="F690" s="4"/>
       <c r="G690" s="4"/>
       <c r="H690" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I690" s="4" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="691">
       <c r="A691" s="4">
-        <v>101088</v>
+        <v>100321</v>
       </c>
       <c r="B691" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C691" s="4" t="s">
-        <v>1414</v>
+        <v>1415</v>
       </c>
       <c r="D691" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E691" s="4" t="s">
-        <v>1415</v>
+        <v>1416</v>
       </c>
       <c r="F691" s="4"/>
       <c r="G691" s="4"/>
       <c r="H691" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I691" s="4" t="s">
-        <v>14</v>
+        <v>382</v>
       </c>
     </row>
     <row r="692">
       <c r="A692" s="4">
-        <v>101245</v>
+        <v>101226</v>
       </c>
       <c r="B692" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C692" s="4" t="s">
-        <v>1416</v>
+        <v>1417</v>
       </c>
       <c r="D692" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E692" s="4" t="s">
-        <v>1417</v>
+        <v>1418</v>
       </c>
       <c r="F692" s="4"/>
       <c r="G692" s="4"/>
       <c r="H692" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I692" s="4" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="693">
       <c r="A693" s="4">
-        <v>100317</v>
+        <v>100322</v>
       </c>
       <c r="B693" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C693" s="4" t="s">
-        <v>1418</v>
+        <v>1419</v>
       </c>
       <c r="D693" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E693" s="4" t="s">
-        <v>1419</v>
+        <v>1420</v>
       </c>
       <c r="F693" s="4"/>
       <c r="G693" s="4"/>
       <c r="H693" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I693" s="4" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="694">
       <c r="A694" s="4">
-        <v>101205</v>
+        <v>100320</v>
       </c>
       <c r="B694" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C694" s="4" t="s">
-        <v>1420</v>
+        <v>1421</v>
       </c>
       <c r="D694" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E694" s="4" t="s">
-        <v>1421</v>
+        <v>1422</v>
       </c>
       <c r="F694" s="4"/>
       <c r="G694" s="4"/>
       <c r="H694" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I694" s="4" t="s">
-        <v>22</v>
+        <v>382</v>
       </c>
     </row>
     <row r="695">
       <c r="A695" s="4">
-        <v>101122</v>
+        <v>101207</v>
       </c>
       <c r="B695" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C695" s="4" t="s">
-        <v>1422</v>
+        <v>1423</v>
       </c>
       <c r="D695" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E695" s="4" t="s">
-        <v>1423</v>
+        <v>1424</v>
       </c>
       <c r="F695" s="4"/>
       <c r="G695" s="4"/>
       <c r="H695" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I695" s="4" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
     </row>
     <row r="696">
       <c r="A696" s="4">
-        <v>101255</v>
+        <v>100319</v>
       </c>
       <c r="B696" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C696" s="4" t="s">
-        <v>1424</v>
+        <v>1425</v>
       </c>
       <c r="D696" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E696" s="4" t="s">
-        <v>1425</v>
+        <v>1426</v>
       </c>
       <c r="F696" s="4"/>
       <c r="G696" s="4"/>
       <c r="H696" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I696" s="4" t="s">
-        <v>22</v>
+        <v>382</v>
       </c>
     </row>
     <row r="697">
       <c r="A697" s="4">
-        <v>100345</v>
+        <v>101206</v>
       </c>
       <c r="B697" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C697" s="4" t="s">
-        <v>1426</v>
+        <v>1427</v>
       </c>
       <c r="D697" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E697" s="4" t="s">
-        <v>1427</v>
+        <v>1428</v>
       </c>
       <c r="F697" s="4"/>
       <c r="G697" s="4"/>
       <c r="H697" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I697" s="4" t="s">
-        <v>382</v>
+        <v>22</v>
       </c>
     </row>
     <row r="698">
       <c r="A698" s="4">
-        <v>100312</v>
+        <v>101088</v>
       </c>
       <c r="B698" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C698" s="4" t="s">
-        <v>1428</v>
+        <v>1429</v>
       </c>
       <c r="D698" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E698" s="4" t="s">
-        <v>1429</v>
+        <v>1430</v>
       </c>
       <c r="F698" s="4"/>
       <c r="G698" s="4"/>
       <c r="H698" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I698" s="4" t="s">
-        <v>382</v>
+        <v>14</v>
       </c>
     </row>
     <row r="699">
       <c r="A699" s="4">
-        <v>101204</v>
+        <v>101245</v>
       </c>
       <c r="B699" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C699" s="4" t="s">
-        <v>1430</v>
+        <v>1431</v>
       </c>
       <c r="D699" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E699" s="4" t="s">
-        <v>1431</v>
+        <v>1432</v>
       </c>
       <c r="F699" s="4"/>
       <c r="G699" s="4"/>
       <c r="H699" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I699" s="4" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="700">
       <c r="A700" s="4">
-        <v>100318</v>
+        <v>100317</v>
       </c>
       <c r="B700" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C700" s="4" t="s">
-        <v>1432</v>
+        <v>1433</v>
       </c>
       <c r="D700" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E700" s="4" t="s">
-        <v>1433</v>
+        <v>1434</v>
       </c>
       <c r="F700" s="4"/>
       <c r="G700" s="4"/>
       <c r="H700" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I700" s="4" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="701">
       <c r="A701" s="4">
-        <v>101145</v>
+        <v>101205</v>
       </c>
       <c r="B701" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C701" s="4" t="s">
-        <v>1434</v>
+        <v>1435</v>
       </c>
       <c r="D701" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E701" s="4" t="s">
-        <v>1435</v>
+        <v>1436</v>
       </c>
       <c r="F701" s="4"/>
       <c r="G701" s="4"/>
       <c r="H701" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I701" s="4" t="s">
-        <v>82</v>
+        <v>22</v>
       </c>
     </row>
     <row r="702">
       <c r="A702" s="4">
-        <v>100132</v>
+        <v>101122</v>
       </c>
       <c r="B702" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C702" s="4" t="s">
-        <v>1436</v>
+        <v>1437</v>
       </c>
       <c r="D702" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E702" s="4" t="s">
-        <v>1437</v>
+        <v>1438</v>
       </c>
       <c r="F702" s="4"/>
       <c r="G702" s="4"/>
       <c r="H702" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I702" s="4" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
     </row>
     <row r="703">
       <c r="A703" s="4">
-        <v>101015</v>
+        <v>101255</v>
       </c>
       <c r="B703" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C703" s="4" t="s">
-        <v>1438</v>
+        <v>1439</v>
       </c>
       <c r="D703" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E703" s="4" t="s">
-        <v>1439</v>
+        <v>1440</v>
       </c>
       <c r="F703" s="4"/>
       <c r="G703" s="4"/>
       <c r="H703" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I703" s="4" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
     </row>
     <row r="704">
       <c r="A704" s="4">
-        <v>101016</v>
+        <v>100345</v>
       </c>
       <c r="B704" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C704" s="4" t="s">
-        <v>1440</v>
+        <v>1441</v>
       </c>
       <c r="D704" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E704" s="4" t="s">
-        <v>1441</v>
+        <v>1442</v>
       </c>
       <c r="F704" s="4"/>
       <c r="G704" s="4"/>
       <c r="H704" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I704" s="4" t="s">
-        <v>14</v>
+        <v>382</v>
       </c>
     </row>
     <row r="705">
       <c r="A705" s="4">
-        <v>101014</v>
+        <v>100312</v>
       </c>
       <c r="B705" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C705" s="4" t="s">
-        <v>1442</v>
+        <v>1443</v>
       </c>
       <c r="D705" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E705" s="4" t="s">
-        <v>1443</v>
+        <v>1444</v>
       </c>
       <c r="F705" s="4"/>
       <c r="G705" s="4"/>
       <c r="H705" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I705" s="4" t="s">
-        <v>14</v>
+        <v>382</v>
       </c>
     </row>
     <row r="706">
       <c r="A706" s="4">
-        <v>101009</v>
+        <v>101204</v>
       </c>
       <c r="B706" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C706" s="4" t="s">
-        <v>1444</v>
+        <v>1445</v>
       </c>
       <c r="D706" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E706" s="4" t="s">
-        <v>1445</v>
+        <v>1446</v>
       </c>
       <c r="F706" s="4"/>
       <c r="G706" s="4"/>
       <c r="H706" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I706" s="4" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="707">
       <c r="A707" s="4">
-        <v>101019</v>
+        <v>100318</v>
       </c>
       <c r="B707" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C707" s="4" t="s">
-        <v>1446</v>
+        <v>1447</v>
       </c>
       <c r="D707" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E707" s="4" t="s">
-        <v>1447</v>
+        <v>1448</v>
       </c>
       <c r="F707" s="4"/>
       <c r="G707" s="4"/>
       <c r="H707" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I707" s="4" t="s">
-        <v>14</v>
+        <v>382</v>
       </c>
     </row>
     <row r="708">
       <c r="A708" s="4">
-        <v>101022</v>
+        <v>101145</v>
       </c>
       <c r="B708" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C708" s="4" t="s">
-        <v>1448</v>
+        <v>1449</v>
       </c>
       <c r="D708" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E708" s="4" t="s">
-        <v>1449</v>
+        <v>1450</v>
       </c>
       <c r="F708" s="4"/>
       <c r="G708" s="4"/>
       <c r="H708" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I708" s="4" t="s">
-        <v>17</v>
+        <v>82</v>
       </c>
     </row>
     <row r="709">
       <c r="A709" s="4">
-        <v>101106</v>
+        <v>100132</v>
       </c>
       <c r="B709" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C709" s="4" t="s">
-        <v>1450</v>
+        <v>1451</v>
       </c>
       <c r="D709" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E709" s="4" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
       <c r="F709" s="4"/>
       <c r="G709" s="4"/>
       <c r="H709" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I709" s="4" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
     </row>
     <row r="710">
       <c r="A710" s="4">
-        <v>101017</v>
+        <v>101015</v>
       </c>
       <c r="B710" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C710" s="4" t="s">
-        <v>1452</v>
+        <v>1453</v>
       </c>
       <c r="D710" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E710" s="4" t="s">
-        <v>1453</v>
+        <v>1454</v>
       </c>
       <c r="F710" s="4"/>
       <c r="G710" s="4"/>
       <c r="H710" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I710" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="711">
       <c r="A711" s="4">
-        <v>100131</v>
+        <v>101016</v>
       </c>
       <c r="B711" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C711" s="4" t="s">
-        <v>1454</v>
+        <v>1455</v>
       </c>
       <c r="D711" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E711" s="4" t="s">
-        <v>1455</v>
+        <v>1456</v>
       </c>
       <c r="F711" s="4"/>
       <c r="G711" s="4"/>
       <c r="H711" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I711" s="4" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
     </row>
     <row r="712">
       <c r="A712" s="4">
-        <v>101021</v>
+        <v>101014</v>
       </c>
       <c r="B712" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C712" s="4" t="s">
-        <v>1456</v>
+        <v>1457</v>
       </c>
       <c r="D712" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E712" s="4" t="s">
-        <v>1457</v>
+        <v>1458</v>
       </c>
       <c r="F712" s="4"/>
       <c r="G712" s="4"/>
       <c r="H712" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I712" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="713">
       <c r="A713" s="4">
-        <v>101020</v>
+        <v>101009</v>
       </c>
       <c r="B713" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C713" s="4" t="s">
-        <v>1458</v>
+        <v>1459</v>
       </c>
       <c r="D713" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E713" s="4" t="s">
-        <v>1459</v>
+        <v>1460</v>
       </c>
       <c r="F713" s="4"/>
       <c r="G713" s="4"/>
       <c r="H713" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I713" s="4" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
     </row>
     <row r="714">
       <c r="A714" s="4">
-        <v>101186</v>
+        <v>101019</v>
       </c>
       <c r="B714" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C714" s="4" t="s">
-        <v>1460</v>
+        <v>1461</v>
       </c>
       <c r="D714" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E714" s="4" t="s">
-        <v>1461</v>
+        <v>1462</v>
       </c>
       <c r="F714" s="4"/>
       <c r="G714" s="4"/>
       <c r="H714" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I714" s="4" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
     </row>
     <row r="715">
       <c r="A715" s="4">
-        <v>101133</v>
+        <v>101022</v>
       </c>
       <c r="B715" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C715" s="4" t="s">
-        <v>1462</v>
+        <v>1463</v>
       </c>
       <c r="D715" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E715" s="4" t="s">
-        <v>1463</v>
+        <v>1464</v>
       </c>
       <c r="F715" s="4"/>
       <c r="G715" s="4"/>
       <c r="H715" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I715" s="4" t="s">
-        <v>317</v>
+        <v>17</v>
       </c>
     </row>
     <row r="716">
       <c r="A716" s="4">
-        <v>100098</v>
+        <v>101106</v>
       </c>
       <c r="B716" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C716" s="4" t="s">
-        <v>1464</v>
+        <v>1465</v>
       </c>
       <c r="D716" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E716" s="4" t="s">
-        <v>1465</v>
+        <v>1466</v>
       </c>
       <c r="F716" s="4"/>
       <c r="G716" s="4"/>
       <c r="H716" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I716" s="4" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
     </row>
     <row r="717">
       <c r="A717" s="4">
-        <v>101018</v>
+        <v>101017</v>
       </c>
       <c r="B717" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C717" s="4" t="s">
-        <v>1466</v>
+        <v>1467</v>
       </c>
       <c r="D717" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E717" s="4" t="s">
-        <v>1467</v>
+        <v>1468</v>
       </c>
       <c r="F717" s="4"/>
       <c r="G717" s="4"/>
       <c r="H717" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I717" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="718">
       <c r="A718" s="4">
-        <v>101184</v>
+        <v>100131</v>
       </c>
       <c r="B718" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C718" s="4" t="s">
-        <v>1468</v>
+        <v>1469</v>
       </c>
       <c r="D718" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E718" s="4" t="s">
-        <v>1469</v>
+        <v>1470</v>
       </c>
       <c r="F718" s="4"/>
       <c r="G718" s="4"/>
       <c r="H718" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I718" s="4" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="719">
       <c r="A719" s="4">
-        <v>101188</v>
+        <v>101021</v>
       </c>
       <c r="B719" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C719" s="4" t="s">
-        <v>1470</v>
+        <v>1471</v>
       </c>
       <c r="D719" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E719" s="4" t="s">
-        <v>1471</v>
+        <v>1472</v>
       </c>
       <c r="F719" s="4"/>
       <c r="G719" s="4"/>
       <c r="H719" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I719" s="4" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
     </row>
     <row r="720">
       <c r="A720" s="4">
-        <v>101147</v>
+        <v>101020</v>
       </c>
       <c r="B720" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C720" s="4" t="s">
-        <v>1472</v>
+        <v>1473</v>
       </c>
       <c r="D720" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E720" s="4" t="s">
-        <v>1473</v>
+        <v>1474</v>
       </c>
       <c r="F720" s="4"/>
       <c r="G720" s="4"/>
       <c r="H720" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I720" s="4" t="s">
-        <v>1474</v>
+        <v>14</v>
       </c>
     </row>
     <row r="721">
       <c r="A721" s="4">
-        <v>101185</v>
+        <v>101186</v>
       </c>
       <c r="B721" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C721" s="4" t="s">
         <v>1475</v>
       </c>
       <c r="D721" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E721" s="4" t="s">
         <v>1476</v>
       </c>
       <c r="F721" s="4"/>
       <c r="G721" s="4"/>
       <c r="H721" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I721" s="4" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="722">
       <c r="A722" s="4">
-        <v>101023</v>
+        <v>101133</v>
       </c>
       <c r="B722" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C722" s="4" t="s">
         <v>1477</v>
       </c>
       <c r="D722" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E722" s="4" t="s">
         <v>1478</v>
       </c>
       <c r="F722" s="4"/>
       <c r="G722" s="4"/>
       <c r="H722" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I722" s="4" t="s">
-        <v>14</v>
+        <v>317</v>
       </c>
     </row>
     <row r="723">
       <c r="A723" s="4">
-        <v>101033</v>
+        <v>100098</v>
       </c>
       <c r="B723" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C723" s="4" t="s">
         <v>1479</v>
       </c>
       <c r="D723" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E723" s="4" t="s">
         <v>1480</v>
       </c>
       <c r="F723" s="4"/>
       <c r="G723" s="4"/>
       <c r="H723" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I723" s="4" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
     </row>
     <row r="724">
       <c r="A724" s="4">
-        <v>100097</v>
+        <v>101018</v>
       </c>
       <c r="B724" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C724" s="4" t="s">
         <v>1481</v>
       </c>
       <c r="D724" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E724" s="4" t="s">
         <v>1482</v>
       </c>
       <c r="F724" s="4"/>
       <c r="G724" s="4"/>
       <c r="H724" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I724" s="4" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
     </row>
     <row r="725">
       <c r="A725" s="4">
-        <v>101031</v>
+        <v>101184</v>
       </c>
       <c r="B725" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C725" s="4" t="s">
         <v>1483</v>
       </c>
       <c r="D725" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E725" s="4" t="s">
         <v>1484</v>
       </c>
       <c r="F725" s="4"/>
       <c r="G725" s="4"/>
       <c r="H725" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I725" s="4" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
     </row>
     <row r="726">
       <c r="A726" s="4">
-        <v>101030</v>
+        <v>101188</v>
       </c>
       <c r="B726" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C726" s="4" t="s">
         <v>1485</v>
       </c>
       <c r="D726" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E726" s="4" t="s">
         <v>1486</v>
       </c>
       <c r="F726" s="4"/>
       <c r="G726" s="4"/>
       <c r="H726" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I726" s="4" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
     </row>
     <row r="727">
       <c r="A727" s="4">
-        <v>101032</v>
+        <v>101147</v>
       </c>
       <c r="B727" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C727" s="4" t="s">
         <v>1487</v>
       </c>
       <c r="D727" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E727" s="4" t="s">
         <v>1488</v>
       </c>
       <c r="F727" s="4"/>
       <c r="G727" s="4"/>
       <c r="H727" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I727" s="4" t="s">
-        <v>14</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="728">
       <c r="A728" s="4">
-        <v>101029</v>
+        <v>101185</v>
       </c>
       <c r="B728" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C728" s="4" t="s">
-        <v>1489</v>
+        <v>1490</v>
       </c>
       <c r="D728" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E728" s="4" t="s">
-        <v>1490</v>
+        <v>1491</v>
       </c>
       <c r="F728" s="4"/>
       <c r="G728" s="4"/>
       <c r="H728" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I728" s="4" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
     </row>
     <row r="729">
       <c r="A729" s="4">
-        <v>101035</v>
+        <v>101023</v>
       </c>
       <c r="B729" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C729" s="4" t="s">
-        <v>1491</v>
+        <v>1492</v>
       </c>
       <c r="D729" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E729" s="4" t="s">
-        <v>1492</v>
+        <v>1493</v>
       </c>
       <c r="F729" s="4"/>
       <c r="G729" s="4"/>
       <c r="H729" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I729" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="730">
       <c r="A730" s="4">
-        <v>101238</v>
+        <v>101033</v>
       </c>
       <c r="B730" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C730" s="4" t="s">
-        <v>1493</v>
+        <v>1494</v>
       </c>
       <c r="D730" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E730" s="4" t="s">
-        <v>1494</v>
+        <v>1495</v>
       </c>
       <c r="F730" s="4"/>
       <c r="G730" s="4"/>
       <c r="H730" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I730" s="4" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
     </row>
     <row r="731">
       <c r="A731" s="4">
-        <v>100355</v>
+        <v>100097</v>
       </c>
       <c r="B731" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C731" s="4" t="s">
-        <v>1495</v>
+        <v>1496</v>
       </c>
       <c r="D731" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E731" s="4" t="s">
-        <v>1496</v>
+        <v>1497</v>
       </c>
       <c r="F731" s="4"/>
       <c r="G731" s="4"/>
       <c r="H731" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I731" s="4" t="s">
-        <v>382</v>
+        <v>17</v>
       </c>
     </row>
     <row r="732">
       <c r="A732" s="4">
-        <v>101214</v>
+        <v>101031</v>
       </c>
       <c r="B732" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C732" s="4" t="s">
-        <v>1497</v>
+        <v>1498</v>
       </c>
       <c r="D732" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E732" s="4" t="s">
-        <v>1498</v>
+        <v>1499</v>
       </c>
       <c r="F732" s="4"/>
       <c r="G732" s="4"/>
       <c r="H732" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I732" s="4" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
     </row>
     <row r="733">
       <c r="A733" s="4">
-        <v>101036</v>
+        <v>101030</v>
       </c>
       <c r="B733" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C733" s="4" t="s">
-        <v>1499</v>
+        <v>1500</v>
       </c>
       <c r="D733" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E733" s="4" t="s">
-        <v>1500</v>
+        <v>1501</v>
       </c>
       <c r="F733" s="4"/>
       <c r="G733" s="4"/>
       <c r="H733" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I733" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="734">
       <c r="A734" s="4">
-        <v>100311</v>
+        <v>101032</v>
       </c>
       <c r="B734" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C734" s="4" t="s">
-        <v>1501</v>
+        <v>1502</v>
       </c>
       <c r="D734" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E734" s="4" t="s">
-        <v>1502</v>
+        <v>1503</v>
       </c>
       <c r="F734" s="4"/>
       <c r="G734" s="4"/>
       <c r="H734" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I734" s="4" t="s">
-        <v>382</v>
+        <v>14</v>
       </c>
     </row>
     <row r="735">
       <c r="A735" s="4">
-        <v>101034</v>
+        <v>101029</v>
       </c>
       <c r="B735" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C735" s="4" t="s">
-        <v>1503</v>
+        <v>1504</v>
       </c>
       <c r="D735" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E735" s="4" t="s">
-        <v>1504</v>
+        <v>1505</v>
       </c>
       <c r="F735" s="4"/>
       <c r="G735" s="4"/>
       <c r="H735" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I735" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="736">
       <c r="A736" s="4">
-        <v>100987</v>
+        <v>101035</v>
       </c>
       <c r="B736" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C736" s="4" t="s">
-        <v>1505</v>
+        <v>1506</v>
       </c>
       <c r="D736" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E736" s="4" t="s">
-        <v>1506</v>
+        <v>1507</v>
       </c>
       <c r="F736" s="4"/>
       <c r="G736" s="4"/>
       <c r="H736" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I736" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="737">
       <c r="A737" s="4">
-        <v>100988</v>
+        <v>101238</v>
       </c>
       <c r="B737" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C737" s="4" t="s">
-        <v>1507</v>
+        <v>1508</v>
       </c>
       <c r="D737" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E737" s="4" t="s">
-        <v>1508</v>
+        <v>1509</v>
       </c>
       <c r="F737" s="4"/>
       <c r="G737" s="4"/>
       <c r="H737" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I737" s="4" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
     </row>
     <row r="738">
       <c r="A738" s="4">
-        <v>100983</v>
+        <v>100355</v>
       </c>
       <c r="B738" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C738" s="4" t="s">
-        <v>1509</v>
+        <v>1510</v>
       </c>
       <c r="D738" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E738" s="4" t="s">
-        <v>1510</v>
+        <v>1511</v>
       </c>
       <c r="F738" s="4"/>
       <c r="G738" s="4"/>
       <c r="H738" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I738" s="4" t="s">
-        <v>14</v>
+        <v>382</v>
       </c>
     </row>
     <row r="739">
       <c r="A739" s="4">
-        <v>100982</v>
+        <v>101214</v>
       </c>
       <c r="B739" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C739" s="4" t="s">
-        <v>1511</v>
+        <v>1512</v>
       </c>
       <c r="D739" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E739" s="4" t="s">
-        <v>1512</v>
+        <v>1513</v>
       </c>
       <c r="F739" s="4"/>
       <c r="G739" s="4"/>
       <c r="H739" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I739" s="4" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
     </row>
     <row r="740">
       <c r="A740" s="4">
-        <v>100986</v>
+        <v>101036</v>
       </c>
       <c r="B740" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C740" s="4" t="s">
-        <v>1513</v>
+        <v>1514</v>
       </c>
       <c r="D740" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E740" s="4" t="s">
-        <v>1514</v>
+        <v>1515</v>
       </c>
       <c r="F740" s="4"/>
       <c r="G740" s="4"/>
       <c r="H740" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I740" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="741">
       <c r="A741" s="4">
-        <v>101179</v>
+        <v>100311</v>
       </c>
       <c r="B741" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C741" s="4" t="s">
-        <v>1515</v>
+        <v>1516</v>
       </c>
       <c r="D741" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E741" s="4" t="s">
-        <v>1516</v>
+        <v>1517</v>
       </c>
       <c r="F741" s="4"/>
       <c r="G741" s="4"/>
       <c r="H741" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I741" s="4" t="s">
-        <v>22</v>
+        <v>382</v>
       </c>
     </row>
     <row r="742">
       <c r="A742" s="4">
-        <v>100102</v>
+        <v>101034</v>
       </c>
       <c r="B742" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C742" s="4" t="s">
-        <v>1517</v>
+        <v>1518</v>
       </c>
       <c r="D742" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E742" s="4" t="s">
-        <v>1518</v>
+        <v>1519</v>
       </c>
       <c r="F742" s="4"/>
       <c r="G742" s="4"/>
       <c r="H742" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I742" s="4" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
     </row>
     <row r="743">
       <c r="A743" s="4">
-        <v>100979</v>
+        <v>100987</v>
       </c>
       <c r="B743" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C743" s="4" t="s">
-        <v>1519</v>
+        <v>1520</v>
       </c>
       <c r="D743" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E743" s="4" t="s">
-        <v>1520</v>
+        <v>1521</v>
       </c>
       <c r="F743" s="4"/>
       <c r="G743" s="4"/>
       <c r="H743" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I743" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="744">
       <c r="A744" s="4">
-        <v>100984</v>
+        <v>100988</v>
       </c>
       <c r="B744" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C744" s="4" t="s">
-        <v>1521</v>
+        <v>1522</v>
       </c>
       <c r="D744" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E744" s="4" t="s">
-        <v>1522</v>
+        <v>1523</v>
       </c>
       <c r="F744" s="4"/>
       <c r="G744" s="4"/>
       <c r="H744" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I744" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="745">
       <c r="A745" s="4">
-        <v>101178</v>
+        <v>100983</v>
       </c>
       <c r="B745" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C745" s="4" t="s">
-        <v>1523</v>
+        <v>1524</v>
       </c>
       <c r="D745" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E745" s="4" t="s">
-        <v>1524</v>
+        <v>1525</v>
       </c>
       <c r="F745" s="4"/>
       <c r="G745" s="4"/>
       <c r="H745" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I745" s="4" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
     </row>
     <row r="746">
       <c r="A746" s="4">
-        <v>100981</v>
+        <v>100982</v>
       </c>
       <c r="B746" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C746" s="4" t="s">
-        <v>1525</v>
+        <v>1526</v>
       </c>
       <c r="D746" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E746" s="4" t="s">
-        <v>1526</v>
+        <v>1527</v>
       </c>
       <c r="F746" s="4"/>
       <c r="G746" s="4"/>
       <c r="H746" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I746" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="747">
       <c r="A747" s="4">
-        <v>100980</v>
+        <v>100986</v>
       </c>
       <c r="B747" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C747" s="4" t="s">
-        <v>1527</v>
+        <v>1528</v>
       </c>
       <c r="D747" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E747" s="4" t="s">
-        <v>1528</v>
+        <v>1529</v>
       </c>
       <c r="F747" s="4"/>
       <c r="G747" s="4"/>
       <c r="H747" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I747" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="748">
       <c r="A748" s="4">
-        <v>100985</v>
+        <v>101179</v>
       </c>
       <c r="B748" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C748" s="4" t="s">
-        <v>1529</v>
+        <v>1530</v>
       </c>
       <c r="D748" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E748" s="4" t="s">
-        <v>1530</v>
+        <v>1531</v>
       </c>
       <c r="F748" s="4"/>
       <c r="G748" s="4"/>
       <c r="H748" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I748" s="4" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
     </row>
     <row r="749">
       <c r="A749" s="4">
-        <v>100993</v>
+        <v>100102</v>
       </c>
       <c r="B749" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C749" s="4" t="s">
-        <v>1531</v>
+        <v>1532</v>
       </c>
       <c r="D749" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E749" s="4" t="s">
-        <v>1532</v>
+        <v>1533</v>
       </c>
       <c r="F749" s="4"/>
       <c r="G749" s="4"/>
       <c r="H749" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I749" s="4" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
     </row>
     <row r="750">
       <c r="A750" s="4">
-        <v>100990</v>
+        <v>100979</v>
       </c>
       <c r="B750" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C750" s="4" t="s">
-        <v>1533</v>
+        <v>1534</v>
       </c>
       <c r="D750" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E750" s="4" t="s">
-        <v>1534</v>
+        <v>1535</v>
       </c>
       <c r="F750" s="4"/>
       <c r="G750" s="4"/>
       <c r="H750" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I750" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="751">
       <c r="A751" s="4">
-        <v>101053</v>
+        <v>100984</v>
       </c>
       <c r="B751" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C751" s="4" t="s">
-        <v>1535</v>
+        <v>1536</v>
       </c>
       <c r="D751" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E751" s="4" t="s">
-        <v>1536</v>
+        <v>1537</v>
       </c>
       <c r="F751" s="4"/>
       <c r="G751" s="4"/>
       <c r="H751" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I751" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="752">
       <c r="A752" s="4">
-        <v>100100</v>
+        <v>101178</v>
       </c>
       <c r="B752" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C752" s="4" t="s">
-        <v>1537</v>
+        <v>1538</v>
       </c>
       <c r="D752" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E752" s="4" t="s">
-        <v>1538</v>
+        <v>1539</v>
       </c>
       <c r="F752" s="4"/>
       <c r="G752" s="4"/>
       <c r="H752" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I752" s="4" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
     </row>
     <row r="753">
       <c r="A753" s="4">
-        <v>100992</v>
+        <v>100981</v>
       </c>
       <c r="B753" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C753" s="4" t="s">
-        <v>1539</v>
+        <v>1540</v>
       </c>
       <c r="D753" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E753" s="4" t="s">
-        <v>1540</v>
+        <v>1541</v>
       </c>
       <c r="F753" s="4"/>
       <c r="G753" s="4"/>
       <c r="H753" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I753" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="754">
       <c r="A754" s="4">
-        <v>101263</v>
+        <v>100980</v>
       </c>
       <c r="B754" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C754" s="4" t="s">
-        <v>1541</v>
+        <v>1542</v>
       </c>
       <c r="D754" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E754" s="4" t="s">
-        <v>1542</v>
+        <v>1543</v>
       </c>
       <c r="F754" s="4"/>
       <c r="G754" s="4"/>
       <c r="H754" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I754" s="4" t="s">
-        <v>245</v>
+        <v>14</v>
       </c>
     </row>
     <row r="755">
       <c r="A755" s="4">
-        <v>100994</v>
+        <v>100985</v>
       </c>
       <c r="B755" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C755" s="4" t="s">
-        <v>1543</v>
+        <v>1544</v>
       </c>
       <c r="D755" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E755" s="4" t="s">
-        <v>1544</v>
+        <v>1545</v>
       </c>
       <c r="F755" s="4"/>
       <c r="G755" s="4"/>
       <c r="H755" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I755" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="756">
       <c r="A756" s="4">
-        <v>101180</v>
+        <v>100993</v>
       </c>
       <c r="B756" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C756" s="4" t="s">
-        <v>1545</v>
+        <v>1546</v>
       </c>
       <c r="D756" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E756" s="4" t="s">
-        <v>1546</v>
+        <v>1547</v>
       </c>
       <c r="F756" s="4"/>
       <c r="G756" s="4"/>
       <c r="H756" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I756" s="4" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
     </row>
     <row r="757">
       <c r="A757" s="4">
-        <v>100991</v>
+        <v>100990</v>
       </c>
       <c r="B757" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C757" s="4" t="s">
-        <v>1547</v>
+        <v>1548</v>
       </c>
       <c r="D757" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E757" s="4" t="s">
-        <v>1548</v>
+        <v>1549</v>
       </c>
       <c r="F757" s="4"/>
       <c r="G757" s="4"/>
       <c r="H757" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I757" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="758">
       <c r="A758" s="4">
-        <v>101025</v>
+        <v>101053</v>
       </c>
       <c r="B758" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C758" s="4" t="s">
-        <v>1549</v>
+        <v>1550</v>
       </c>
       <c r="D758" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E758" s="4" t="s">
-        <v>1550</v>
+        <v>1551</v>
       </c>
       <c r="F758" s="4"/>
       <c r="G758" s="4"/>
       <c r="H758" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I758" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="759">
       <c r="A759" s="4">
-        <v>100130</v>
+        <v>100100</v>
       </c>
       <c r="B759" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C759" s="4" t="s">
-        <v>1551</v>
+        <v>1552</v>
       </c>
       <c r="D759" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E759" s="4" t="s">
-        <v>1552</v>
+        <v>1553</v>
       </c>
       <c r="F759" s="4"/>
       <c r="G759" s="4"/>
       <c r="H759" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I759" s="4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="760">
       <c r="A760" s="4">
-        <v>101024</v>
+        <v>100992</v>
       </c>
       <c r="B760" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C760" s="4" t="s">
-        <v>1553</v>
+        <v>1554</v>
       </c>
       <c r="D760" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E760" s="4" t="s">
-        <v>1554</v>
+        <v>1555</v>
       </c>
       <c r="F760" s="4"/>
       <c r="G760" s="4"/>
       <c r="H760" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I760" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="761">
       <c r="A761" s="4">
-        <v>100977</v>
+        <v>101263</v>
       </c>
       <c r="B761" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C761" s="4" t="s">
-        <v>1555</v>
+        <v>1556</v>
       </c>
       <c r="D761" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E761" s="4" t="s">
-        <v>1556</v>
+        <v>1557</v>
       </c>
       <c r="F761" s="4"/>
       <c r="G761" s="4"/>
       <c r="H761" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I761" s="4" t="s">
-        <v>14</v>
+        <v>245</v>
       </c>
     </row>
     <row r="762">
       <c r="A762" s="4">
-        <v>101177</v>
+        <v>100994</v>
       </c>
       <c r="B762" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C762" s="4" t="s">
-        <v>1557</v>
+        <v>1558</v>
       </c>
       <c r="D762" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E762" s="4" t="s">
-        <v>1558</v>
+        <v>1559</v>
       </c>
       <c r="F762" s="4"/>
       <c r="G762" s="4"/>
       <c r="H762" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I762" s="4" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
     </row>
     <row r="763">
       <c r="A763" s="4">
-        <v>100978</v>
+        <v>101180</v>
       </c>
       <c r="B763" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C763" s="4" t="s">
-        <v>1559</v>
+        <v>1560</v>
       </c>
       <c r="D763" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E763" s="4" t="s">
-        <v>1560</v>
+        <v>1561</v>
       </c>
       <c r="F763" s="4"/>
       <c r="G763" s="4"/>
       <c r="H763" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I763" s="4" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
     </row>
     <row r="764">
       <c r="A764" s="4">
-        <v>100976</v>
+        <v>100991</v>
       </c>
       <c r="B764" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C764" s="4" t="s">
-        <v>1561</v>
+        <v>1562</v>
       </c>
       <c r="D764" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E764" s="4" t="s">
-        <v>1562</v>
+        <v>1563</v>
       </c>
       <c r="F764" s="4"/>
       <c r="G764" s="4"/>
       <c r="H764" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I764" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="765">
       <c r="A765" s="4">
-        <v>100159</v>
+        <v>101025</v>
       </c>
       <c r="B765" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C765" s="4" t="s">
-        <v>1563</v>
+        <v>1564</v>
       </c>
       <c r="D765" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E765" s="4" t="s">
-        <v>1564</v>
+        <v>1565</v>
       </c>
       <c r="F765" s="4"/>
       <c r="G765" s="4"/>
       <c r="H765" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I765" s="4" t="s">
-        <v>382</v>
+        <v>14</v>
       </c>
     </row>
     <row r="766">
       <c r="A766" s="4">
-        <v>100973</v>
+        <v>100130</v>
       </c>
       <c r="B766" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C766" s="4" t="s">
-        <v>1565</v>
+        <v>1566</v>
       </c>
       <c r="D766" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E766" s="4" t="s">
-        <v>1566</v>
+        <v>1567</v>
       </c>
       <c r="F766" s="4"/>
       <c r="G766" s="4"/>
       <c r="H766" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I766" s="4" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
     </row>
     <row r="767">
       <c r="A767" s="4">
-        <v>100147</v>
+        <v>101024</v>
       </c>
       <c r="B767" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C767" s="4" t="s">
-        <v>1567</v>
+        <v>1568</v>
       </c>
       <c r="D767" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E767" s="4" t="s">
-        <v>1568</v>
+        <v>1569</v>
       </c>
       <c r="F767" s="4"/>
       <c r="G767" s="4"/>
       <c r="H767" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I767" s="4" t="s">
-        <v>158</v>
+        <v>14</v>
       </c>
     </row>
     <row r="768">
       <c r="A768" s="4">
-        <v>101176</v>
+        <v>100977</v>
       </c>
       <c r="B768" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C768" s="4" t="s">
-        <v>1569</v>
+        <v>1570</v>
       </c>
       <c r="D768" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E768" s="4" t="s">
-        <v>1570</v>
+        <v>1571</v>
       </c>
       <c r="F768" s="4"/>
       <c r="G768" s="4"/>
       <c r="H768" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I768" s="4" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
     </row>
     <row r="769">
       <c r="A769" s="4">
-        <v>100969</v>
+        <v>101177</v>
       </c>
       <c r="B769" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C769" s="4" t="s">
-        <v>1571</v>
+        <v>1572</v>
       </c>
       <c r="D769" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E769" s="4" t="s">
-        <v>1572</v>
+        <v>1573</v>
       </c>
       <c r="F769" s="4"/>
       <c r="G769" s="4"/>
       <c r="H769" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I769" s="4" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
     </row>
     <row r="770">
       <c r="A770" s="4">
-        <v>100101</v>
+        <v>100978</v>
       </c>
       <c r="B770" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C770" s="4" t="s">
-        <v>1573</v>
+        <v>1574</v>
       </c>
       <c r="D770" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E770" s="4" t="s">
-        <v>1574</v>
+        <v>1575</v>
       </c>
       <c r="F770" s="4"/>
       <c r="G770" s="4"/>
       <c r="H770" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I770" s="4" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
     </row>
     <row r="771">
       <c r="A771" s="4">
-        <v>101028</v>
+        <v>100976</v>
       </c>
       <c r="B771" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C771" s="4" t="s">
-        <v>1575</v>
+        <v>1576</v>
       </c>
       <c r="D771" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E771" s="4" t="s">
-        <v>1576</v>
+        <v>1577</v>
       </c>
       <c r="F771" s="4"/>
       <c r="G771" s="4"/>
       <c r="H771" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I771" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="772">
       <c r="A772" s="4">
-        <v>100974</v>
+        <v>100159</v>
       </c>
       <c r="B772" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C772" s="4" t="s">
-        <v>1577</v>
+        <v>1578</v>
       </c>
       <c r="D772" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E772" s="4" t="s">
-        <v>1578</v>
+        <v>1579</v>
       </c>
       <c r="F772" s="4"/>
       <c r="G772" s="4"/>
       <c r="H772" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I772" s="4" t="s">
-        <v>14</v>
+        <v>382</v>
       </c>
     </row>
     <row r="773">
       <c r="A773" s="4">
-        <v>100968</v>
+        <v>100973</v>
       </c>
       <c r="B773" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C773" s="4" t="s">
-        <v>1579</v>
+        <v>1580</v>
       </c>
       <c r="D773" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E773" s="4" t="s">
-        <v>1580</v>
+        <v>1581</v>
       </c>
       <c r="F773" s="4"/>
       <c r="G773" s="4"/>
       <c r="H773" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I773" s="4" t="s">
-        <v>82</v>
+        <v>14</v>
       </c>
     </row>
     <row r="774">
       <c r="A774" s="4">
-        <v>101027</v>
+        <v>100147</v>
       </c>
       <c r="B774" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C774" s="4" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
       <c r="D774" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E774" s="4" t="s">
-        <v>1582</v>
+        <v>1583</v>
       </c>
       <c r="F774" s="4"/>
       <c r="G774" s="4"/>
       <c r="H774" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I774" s="4" t="s">
-        <v>14</v>
+        <v>158</v>
       </c>
     </row>
     <row r="775">
       <c r="A775" s="4">
-        <v>101026</v>
+        <v>101176</v>
       </c>
       <c r="B775" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C775" s="4" t="s">
-        <v>1583</v>
+        <v>1584</v>
       </c>
       <c r="D775" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E775" s="4" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="F775" s="4"/>
       <c r="G775" s="4"/>
       <c r="H775" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I775" s="4" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
     </row>
     <row r="776">
       <c r="A776" s="4">
-        <v>101187</v>
+        <v>100969</v>
       </c>
       <c r="B776" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C776" s="4" t="s">
-        <v>1585</v>
+        <v>1586</v>
       </c>
       <c r="D776" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E776" s="4" t="s">
-        <v>1586</v>
+        <v>1587</v>
       </c>
       <c r="F776" s="4"/>
       <c r="G776" s="4"/>
       <c r="H776" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I776" s="4" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
     </row>
     <row r="777">
       <c r="A777" s="4">
-        <v>100970</v>
+        <v>100101</v>
       </c>
       <c r="B777" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C777" s="4" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="D777" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E777" s="4" t="s">
-        <v>1588</v>
+        <v>1589</v>
       </c>
       <c r="F777" s="4"/>
       <c r="G777" s="4"/>
       <c r="H777" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I777" s="4" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
     </row>
     <row r="778">
       <c r="A778" s="4">
-        <v>100972</v>
+        <v>101028</v>
       </c>
       <c r="B778" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C778" s="4" t="s">
-        <v>1589</v>
+        <v>1590</v>
       </c>
       <c r="D778" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E778" s="4" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="F778" s="4"/>
       <c r="G778" s="4"/>
       <c r="H778" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I778" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="779">
       <c r="A779" s="4">
-        <v>100971</v>
+        <v>100974</v>
       </c>
       <c r="B779" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C779" s="4" t="s">
-        <v>1591</v>
+        <v>1592</v>
       </c>
       <c r="D779" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E779" s="4" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="F779" s="4"/>
       <c r="G779" s="4"/>
       <c r="H779" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I779" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="780">
       <c r="A780" s="4">
-        <v>101175</v>
+        <v>100968</v>
       </c>
       <c r="B780" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C780" s="4" t="s">
-        <v>1593</v>
+        <v>1594</v>
       </c>
       <c r="D780" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E780" s="4" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="F780" s="4"/>
       <c r="G780" s="4"/>
       <c r="H780" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I780" s="4" t="s">
-        <v>22</v>
+        <v>82</v>
       </c>
     </row>
     <row r="781">
       <c r="A781" s="4">
-        <v>100975</v>
+        <v>101027</v>
       </c>
       <c r="B781" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C781" s="4" t="s">
-        <v>1595</v>
+        <v>1596</v>
       </c>
       <c r="D781" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E781" s="4" t="s">
-        <v>1596</v>
+        <v>1597</v>
       </c>
       <c r="F781" s="4"/>
       <c r="G781" s="4"/>
       <c r="H781" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I781" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="782">
       <c r="A782" s="4">
-        <v>101261</v>
+        <v>101026</v>
       </c>
       <c r="B782" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C782" s="4" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="D782" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E782" s="4" t="s">
-        <v>1598</v>
+        <v>1599</v>
       </c>
       <c r="F782" s="4"/>
       <c r="G782" s="4"/>
       <c r="H782" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I782" s="4" t="s">
-        <v>1599</v>
+        <v>14</v>
       </c>
     </row>
     <row r="783">
       <c r="A783" s="4">
-        <v>100606</v>
+        <v>101187</v>
       </c>
       <c r="B783" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C783" s="4" t="s">
         <v>1600</v>
       </c>
       <c r="D783" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E783" s="4" t="s">
         <v>1601</v>
       </c>
       <c r="F783" s="4"/>
       <c r="G783" s="4"/>
       <c r="H783" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I783" s="4" t="s">
-        <v>640</v>
+        <v>22</v>
       </c>
     </row>
     <row r="784">
       <c r="A784" s="4">
-        <v>100605</v>
+        <v>100970</v>
       </c>
       <c r="B784" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C784" s="4" t="s">
         <v>1602</v>
       </c>
       <c r="D784" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E784" s="4" t="s">
         <v>1603</v>
       </c>
       <c r="F784" s="4"/>
       <c r="G784" s="4"/>
       <c r="H784" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I784" s="4" t="s">
-        <v>839</v>
+        <v>14</v>
       </c>
     </row>
     <row r="785">
       <c r="A785" s="4">
-        <v>101076</v>
+        <v>100972</v>
       </c>
       <c r="B785" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C785" s="4" t="s">
         <v>1604</v>
       </c>
       <c r="D785" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E785" s="4" t="s">
         <v>1605</v>
       </c>
       <c r="F785" s="4"/>
       <c r="G785" s="4"/>
       <c r="H785" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I785" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="786">
       <c r="A786" s="4">
-        <v>101140</v>
+        <v>100971</v>
       </c>
       <c r="B786" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C786" s="4" t="s">
         <v>1606</v>
       </c>
       <c r="D786" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E786" s="4" t="s">
         <v>1607</v>
       </c>
       <c r="F786" s="4"/>
       <c r="G786" s="4"/>
       <c r="H786" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I786" s="4" t="s">
-        <v>252</v>
+        <v>14</v>
       </c>
     </row>
     <row r="787">
       <c r="A787" s="4">
-        <v>100721</v>
+        <v>101175</v>
       </c>
       <c r="B787" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C787" s="4" t="s">
         <v>1608</v>
       </c>
       <c r="D787" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E787" s="4" t="s">
         <v>1609</v>
       </c>
       <c r="F787" s="4"/>
       <c r="G787" s="4"/>
       <c r="H787" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I787" s="4" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="788">
       <c r="A788" s="4">
-        <v>100178</v>
+        <v>100975</v>
       </c>
       <c r="B788" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C788" s="4" t="s">
         <v>1610</v>
       </c>
       <c r="D788" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E788" s="4" t="s">
         <v>1611</v>
       </c>
       <c r="F788" s="4"/>
       <c r="G788" s="4"/>
       <c r="H788" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I788" s="4" t="s">
-        <v>382</v>
+        <v>14</v>
       </c>
     </row>
     <row r="789">
       <c r="A789" s="4">
-        <v>100179</v>
+        <v>101261</v>
       </c>
       <c r="B789" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C789" s="4" t="s">
         <v>1612</v>
       </c>
       <c r="D789" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E789" s="4" t="s">
         <v>1613</v>
       </c>
       <c r="F789" s="4"/>
       <c r="G789" s="4"/>
       <c r="H789" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I789" s="4" t="s">
-        <v>382</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="790">
       <c r="A790" s="4">
-        <v>100714</v>
+        <v>100606</v>
       </c>
       <c r="B790" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C790" s="4" t="s">
-        <v>1614</v>
+        <v>1615</v>
       </c>
       <c r="D790" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E790" s="4" t="s">
-        <v>1615</v>
+        <v>1616</v>
       </c>
       <c r="F790" s="4"/>
       <c r="G790" s="4"/>
       <c r="H790" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I790" s="4" t="s">
-        <v>1616</v>
+        <v>643</v>
       </c>
     </row>
     <row r="791">
       <c r="A791" s="4">
-        <v>101081</v>
+        <v>100605</v>
       </c>
       <c r="B791" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C791" s="4" t="s">
         <v>1617</v>
       </c>
       <c r="D791" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E791" s="4" t="s">
         <v>1618</v>
       </c>
       <c r="F791" s="4"/>
       <c r="G791" s="4"/>
       <c r="H791" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I791" s="4" t="s">
-        <v>14</v>
+        <v>842</v>
       </c>
     </row>
     <row r="792">
       <c r="A792" s="4">
-        <v>100149</v>
+        <v>101076</v>
       </c>
       <c r="B792" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C792" s="4" t="s">
         <v>1619</v>
       </c>
       <c r="D792" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E792" s="4" t="s">
         <v>1620</v>
       </c>
       <c r="F792" s="4"/>
       <c r="G792" s="4"/>
       <c r="H792" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I792" s="4" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
     </row>
     <row r="793">
       <c r="A793" s="4">
-        <v>100150</v>
+        <v>101140</v>
       </c>
       <c r="B793" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C793" s="4" t="s">
         <v>1621</v>
       </c>
       <c r="D793" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E793" s="4" t="s">
         <v>1622</v>
       </c>
       <c r="F793" s="4"/>
       <c r="G793" s="4"/>
       <c r="H793" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I793" s="4" t="s">
-        <v>27</v>
+        <v>252</v>
       </c>
     </row>
     <row r="794">
       <c r="A794" s="4">
-        <v>100716</v>
+        <v>100721</v>
       </c>
       <c r="B794" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C794" s="4" t="s">
         <v>1623</v>
       </c>
       <c r="D794" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E794" s="4" t="s">
         <v>1624</v>
       </c>
       <c r="F794" s="4"/>
       <c r="G794" s="4"/>
       <c r="H794" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I794" s="4" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
     </row>
     <row r="795">
       <c r="A795" s="4">
-        <v>100188</v>
+        <v>100178</v>
       </c>
       <c r="B795" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C795" s="4" t="s">
         <v>1625</v>
       </c>
       <c r="D795" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E795" s="4" t="s">
         <v>1626</v>
       </c>
       <c r="F795" s="4"/>
       <c r="G795" s="4"/>
       <c r="H795" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I795" s="4" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="796">
       <c r="A796" s="4">
-        <v>100077</v>
+        <v>100179</v>
       </c>
       <c r="B796" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C796" s="4" t="s">
         <v>1627</v>
       </c>
       <c r="D796" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E796" s="4" t="s">
         <v>1628</v>
       </c>
       <c r="F796" s="4"/>
       <c r="G796" s="4"/>
       <c r="H796" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I796" s="4" t="s">
-        <v>17</v>
+        <v>382</v>
       </c>
     </row>
     <row r="797">
       <c r="A797" s="4">
-        <v>101264</v>
+        <v>100714</v>
       </c>
       <c r="B797" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C797" s="4" t="s">
         <v>1629</v>
       </c>
       <c r="D797" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E797" s="4" t="s">
         <v>1630</v>
       </c>
       <c r="F797" s="4"/>
       <c r="G797" s="4"/>
       <c r="H797" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I797" s="4" t="s">
-        <v>245</v>
+        <v>1631</v>
       </c>
     </row>
     <row r="798">
       <c r="A798" s="4">
-        <v>100722</v>
+        <v>101081</v>
       </c>
       <c r="B798" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C798" s="4" t="s">
-        <v>1631</v>
+        <v>1632</v>
       </c>
       <c r="D798" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E798" s="4" t="s">
-        <v>1632</v>
+        <v>1633</v>
       </c>
       <c r="F798" s="4"/>
       <c r="G798" s="4"/>
       <c r="H798" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I798" s="4" t="s">
-        <v>38</v>
+        <v>14</v>
       </c>
     </row>
     <row r="799">
       <c r="A799" s="4">
-        <v>100720</v>
+        <v>100149</v>
       </c>
       <c r="B799" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C799" s="4" t="s">
-        <v>1633</v>
+        <v>1634</v>
       </c>
       <c r="D799" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E799" s="4" t="s">
-        <v>1634</v>
+        <v>1635</v>
       </c>
       <c r="F799" s="4"/>
       <c r="G799" s="4"/>
       <c r="H799" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I799" s="4" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
     </row>
     <row r="800">
       <c r="A800" s="4">
-        <v>101265</v>
+        <v>100150</v>
       </c>
       <c r="B800" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C800" s="4" t="s">
-        <v>1635</v>
+        <v>1636</v>
       </c>
       <c r="D800" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E800" s="4" t="s">
-        <v>1636</v>
+        <v>1637</v>
       </c>
       <c r="F800" s="4"/>
       <c r="G800" s="4"/>
       <c r="H800" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I800" s="4" t="s">
-        <v>245</v>
+        <v>27</v>
       </c>
     </row>
     <row r="801">
       <c r="A801" s="4">
-        <v>100718</v>
+        <v>100716</v>
       </c>
       <c r="B801" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C801" s="4" t="s">
-        <v>1637</v>
+        <v>1638</v>
       </c>
       <c r="D801" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E801" s="4" t="s">
-        <v>1638</v>
+        <v>1639</v>
       </c>
       <c r="F801" s="4"/>
       <c r="G801" s="4"/>
       <c r="H801" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I801" s="4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="802">
       <c r="A802" s="4">
-        <v>100186</v>
+        <v>100188</v>
       </c>
       <c r="B802" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C802" s="4" t="s">
-        <v>1639</v>
+        <v>1640</v>
       </c>
       <c r="D802" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E802" s="4" t="s">
-        <v>1640</v>
+        <v>1641</v>
       </c>
       <c r="F802" s="4"/>
       <c r="G802" s="4"/>
       <c r="H802" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I802" s="4" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="803">
       <c r="A803" s="4">
-        <v>100719</v>
+        <v>100077</v>
       </c>
       <c r="B803" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C803" s="4" t="s">
-        <v>1641</v>
+        <v>1642</v>
       </c>
       <c r="D803" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E803" s="4" t="s">
-        <v>1642</v>
+        <v>1643</v>
       </c>
       <c r="F803" s="4"/>
       <c r="G803" s="4"/>
       <c r="H803" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I803" s="4" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
     </row>
     <row r="804">
       <c r="A804" s="4">
-        <v>100187</v>
+        <v>101264</v>
       </c>
       <c r="B804" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C804" s="4" t="s">
-        <v>1643</v>
+        <v>1644</v>
       </c>
       <c r="D804" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E804" s="4" t="s">
-        <v>1644</v>
+        <v>1645</v>
       </c>
       <c r="F804" s="4"/>
       <c r="G804" s="4"/>
       <c r="H804" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I804" s="4" t="s">
-        <v>382</v>
+        <v>245</v>
       </c>
     </row>
     <row r="805">
       <c r="A805" s="4">
-        <v>101115</v>
+        <v>100722</v>
       </c>
       <c r="B805" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C805" s="4" t="s">
-        <v>1645</v>
+        <v>1646</v>
       </c>
       <c r="D805" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E805" s="4" t="s">
-        <v>1646</v>
+        <v>1647</v>
       </c>
       <c r="F805" s="4"/>
       <c r="G805" s="4"/>
       <c r="H805" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I805" s="4" t="s">
-        <v>14</v>
+        <v>38</v>
       </c>
     </row>
     <row r="806">
       <c r="A806" s="4">
-        <v>100717</v>
+        <v>100720</v>
       </c>
       <c r="B806" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C806" s="4" t="s">
-        <v>1647</v>
+        <v>1648</v>
       </c>
       <c r="D806" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E806" s="4" t="s">
-        <v>1648</v>
+        <v>1649</v>
       </c>
       <c r="F806" s="4"/>
       <c r="G806" s="4"/>
       <c r="H806" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I806" s="4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="807">
       <c r="A807" s="4">
-        <v>100715</v>
+        <v>101265</v>
       </c>
       <c r="B807" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C807" s="4" t="s">
-        <v>1649</v>
+        <v>1650</v>
       </c>
       <c r="D807" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E807" s="4" t="s">
-        <v>1650</v>
+        <v>1651</v>
       </c>
       <c r="F807" s="4"/>
       <c r="G807" s="4"/>
       <c r="H807" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I807" s="4" t="s">
-        <v>82</v>
+        <v>245</v>
       </c>
     </row>
     <row r="808">
       <c r="A808" s="4">
-        <v>100670</v>
+        <v>100718</v>
       </c>
       <c r="B808" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C808" s="4" t="s">
-        <v>1651</v>
+        <v>1652</v>
       </c>
       <c r="D808" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E808" s="4" t="s">
-        <v>1652</v>
+        <v>1653</v>
       </c>
       <c r="F808" s="4"/>
       <c r="G808" s="4"/>
       <c r="H808" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I808" s="4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="809">
       <c r="A809" s="4">
-        <v>100684</v>
+        <v>100186</v>
       </c>
       <c r="B809" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C809" s="4" t="s">
-        <v>1653</v>
+        <v>1654</v>
       </c>
       <c r="D809" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E809" s="4" t="s">
-        <v>1654</v>
+        <v>1655</v>
       </c>
       <c r="F809" s="4"/>
       <c r="G809" s="4"/>
       <c r="H809" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I809" s="4" t="s">
-        <v>38</v>
+        <v>382</v>
       </c>
     </row>
     <row r="810">
       <c r="A810" s="4">
-        <v>100671</v>
+        <v>100719</v>
       </c>
       <c r="B810" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C810" s="4" t="s">
-        <v>1655</v>
+        <v>1656</v>
       </c>
       <c r="D810" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E810" s="4" t="s">
-        <v>1656</v>
+        <v>1657</v>
       </c>
       <c r="F810" s="4"/>
       <c r="G810" s="4"/>
       <c r="H810" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I810" s="4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="811">
       <c r="A811" s="4">
-        <v>100683</v>
+        <v>100187</v>
       </c>
       <c r="B811" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C811" s="4" t="s">
-        <v>1657</v>
+        <v>1658</v>
       </c>
       <c r="D811" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E811" s="4" t="s">
-        <v>1658</v>
+        <v>1659</v>
       </c>
       <c r="F811" s="4"/>
       <c r="G811" s="4"/>
       <c r="H811" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I811" s="4" t="s">
-        <v>38</v>
+        <v>382</v>
       </c>
     </row>
     <row r="812">
       <c r="A812" s="4">
-        <v>100667</v>
+        <v>101115</v>
       </c>
       <c r="B812" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C812" s="4" t="s">
-        <v>1659</v>
+        <v>1660</v>
       </c>
       <c r="D812" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E812" s="4" t="s">
-        <v>1660</v>
+        <v>1661</v>
       </c>
       <c r="F812" s="4"/>
       <c r="G812" s="4"/>
       <c r="H812" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I812" s="4" t="s">
-        <v>38</v>
+        <v>14</v>
       </c>
     </row>
     <row r="813">
       <c r="A813" s="4">
-        <v>100668</v>
+        <v>100717</v>
       </c>
       <c r="B813" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C813" s="4" t="s">
-        <v>1661</v>
+        <v>1662</v>
       </c>
       <c r="D813" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E813" s="4" t="s">
-        <v>1662</v>
+        <v>1663</v>
       </c>
       <c r="F813" s="4"/>
       <c r="G813" s="4"/>
       <c r="H813" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I813" s="4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="814">
       <c r="A814" s="4">
-        <v>100682</v>
+        <v>100715</v>
       </c>
       <c r="B814" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C814" s="4" t="s">
-        <v>1663</v>
+        <v>1664</v>
       </c>
       <c r="D814" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E814" s="4" t="s">
-        <v>1664</v>
+        <v>1665</v>
       </c>
       <c r="F814" s="4"/>
       <c r="G814" s="4"/>
       <c r="H814" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I814" s="4" t="s">
-        <v>158</v>
+        <v>82</v>
       </c>
     </row>
     <row r="815">
       <c r="A815" s="4">
-        <v>101269</v>
+        <v>100670</v>
       </c>
       <c r="B815" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C815" s="4" t="s">
-        <v>1665</v>
+        <v>1666</v>
       </c>
       <c r="D815" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E815" s="4" t="s">
-        <v>1666</v>
+        <v>1667</v>
       </c>
       <c r="F815" s="4"/>
       <c r="G815" s="4"/>
       <c r="H815" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I815" s="4" t="s">
-        <v>1667</v>
+        <v>38</v>
       </c>
     </row>
     <row r="816">
       <c r="A816" s="4">
-        <v>100669</v>
+        <v>100684</v>
       </c>
       <c r="B816" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C816" s="4" t="s">
         <v>1668</v>
       </c>
       <c r="D816" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E816" s="4" t="s">
         <v>1669</v>
       </c>
       <c r="F816" s="4"/>
       <c r="G816" s="4"/>
       <c r="H816" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I816" s="4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="817">
       <c r="A817" s="4">
-        <v>100659</v>
+        <v>100671</v>
       </c>
       <c r="B817" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C817" s="4" t="s">
         <v>1670</v>
       </c>
       <c r="D817" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E817" s="4" t="s">
         <v>1671</v>
       </c>
       <c r="F817" s="4"/>
       <c r="G817" s="4"/>
       <c r="H817" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I817" s="4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="818">
       <c r="A818" s="4">
-        <v>100672</v>
+        <v>100683</v>
       </c>
       <c r="B818" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C818" s="4" t="s">
         <v>1672</v>
       </c>
       <c r="D818" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E818" s="4" t="s">
         <v>1673</v>
       </c>
       <c r="F818" s="4"/>
       <c r="G818" s="4"/>
       <c r="H818" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I818" s="4" t="s">
-        <v>219</v>
+        <v>38</v>
       </c>
     </row>
     <row r="819">
       <c r="A819" s="4">
-        <v>100679</v>
+        <v>100667</v>
       </c>
       <c r="B819" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C819" s="4" t="s">
         <v>1674</v>
       </c>
       <c r="D819" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E819" s="4" t="s">
         <v>1675</v>
       </c>
       <c r="F819" s="4"/>
       <c r="G819" s="4"/>
       <c r="H819" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I819" s="4" t="s">
-        <v>640</v>
+        <v>38</v>
       </c>
     </row>
     <row r="820">
       <c r="A820" s="4">
-        <v>100678</v>
+        <v>100668</v>
       </c>
       <c r="B820" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C820" s="4" t="s">
         <v>1676</v>
       </c>
       <c r="D820" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E820" s="4" t="s">
         <v>1677</v>
       </c>
       <c r="F820" s="4"/>
       <c r="G820" s="4"/>
       <c r="H820" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I820" s="4" t="s">
-        <v>158</v>
+        <v>38</v>
       </c>
     </row>
     <row r="821">
       <c r="A821" s="4">
-        <v>100676</v>
+        <v>100682</v>
       </c>
       <c r="B821" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C821" s="4" t="s">
         <v>1678</v>
       </c>
       <c r="D821" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E821" s="4" t="s">
         <v>1679</v>
       </c>
       <c r="F821" s="4"/>
       <c r="G821" s="4"/>
       <c r="H821" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I821" s="4" t="s">
-        <v>38</v>
+        <v>158</v>
       </c>
     </row>
     <row r="822">
       <c r="A822" s="4">
-        <v>100680</v>
+        <v>101269</v>
       </c>
       <c r="B822" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C822" s="4" t="s">
         <v>1680</v>
       </c>
       <c r="D822" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E822" s="4" t="s">
         <v>1681</v>
       </c>
       <c r="F822" s="4"/>
       <c r="G822" s="4"/>
       <c r="H822" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I822" s="4" t="s">
         <v>1682</v>
       </c>
     </row>
     <row r="823">
       <c r="A823" s="4">
-        <v>100180</v>
+        <v>100669</v>
       </c>
       <c r="B823" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C823" s="4" t="s">
         <v>1683</v>
       </c>
       <c r="D823" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E823" s="4" t="s">
         <v>1684</v>
       </c>
       <c r="F823" s="4"/>
       <c r="G823" s="4"/>
       <c r="H823" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I823" s="4" t="s">
-        <v>382</v>
+        <v>38</v>
       </c>
     </row>
     <row r="824">
       <c r="A824" s="4">
-        <v>100181</v>
+        <v>100659</v>
       </c>
       <c r="B824" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C824" s="4" t="s">
         <v>1685</v>
       </c>
       <c r="D824" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E824" s="4" t="s">
         <v>1686</v>
       </c>
       <c r="F824" s="4"/>
       <c r="G824" s="4"/>
       <c r="H824" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I824" s="4" t="s">
-        <v>640</v>
+        <v>38</v>
       </c>
     </row>
     <row r="825">
       <c r="A825" s="4">
-        <v>100185</v>
+        <v>100672</v>
       </c>
       <c r="B825" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C825" s="4" t="s">
         <v>1687</v>
       </c>
       <c r="D825" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E825" s="4" t="s">
         <v>1688</v>
       </c>
       <c r="F825" s="4"/>
       <c r="G825" s="4"/>
       <c r="H825" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I825" s="4" t="s">
-        <v>1682</v>
+        <v>219</v>
       </c>
     </row>
     <row r="826">
       <c r="A826" s="4">
-        <v>100666</v>
+        <v>100679</v>
       </c>
       <c r="B826" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C826" s="4" t="s">
         <v>1689</v>
       </c>
       <c r="D826" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E826" s="4" t="s">
         <v>1690</v>
       </c>
       <c r="F826" s="4"/>
       <c r="G826" s="4"/>
       <c r="H826" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I826" s="4" t="s">
-        <v>38</v>
+        <v>643</v>
       </c>
     </row>
     <row r="827">
       <c r="A827" s="4">
-        <v>100189</v>
+        <v>100678</v>
       </c>
       <c r="B827" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C827" s="4" t="s">
         <v>1691</v>
       </c>
       <c r="D827" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E827" s="4" t="s">
         <v>1692</v>
       </c>
       <c r="F827" s="4"/>
       <c r="G827" s="4"/>
       <c r="H827" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I827" s="4" t="s">
-        <v>382</v>
+        <v>158</v>
       </c>
     </row>
     <row r="828">
       <c r="A828" s="4">
-        <v>100074</v>
+        <v>100676</v>
       </c>
       <c r="B828" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C828" s="4" t="s">
         <v>1693</v>
       </c>
       <c r="D828" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E828" s="4" t="s">
         <v>1694</v>
       </c>
       <c r="F828" s="4"/>
       <c r="G828" s="4"/>
       <c r="H828" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I828" s="4" t="s">
-        <v>640</v>
+        <v>38</v>
       </c>
     </row>
     <row r="829">
       <c r="A829" s="4">
-        <v>100685</v>
+        <v>100680</v>
       </c>
       <c r="B829" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C829" s="4" t="s">
         <v>1695</v>
       </c>
       <c r="D829" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E829" s="4" t="s">
         <v>1696</v>
       </c>
       <c r="F829" s="4"/>
       <c r="G829" s="4"/>
       <c r="H829" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I829" s="4" t="s">
-        <v>38</v>
+        <v>1697</v>
       </c>
     </row>
     <row r="830">
       <c r="A830" s="4">
-        <v>100674</v>
+        <v>100180</v>
       </c>
       <c r="B830" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C830" s="4" t="s">
-        <v>1697</v>
+        <v>1698</v>
       </c>
       <c r="D830" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E830" s="4" t="s">
-        <v>1698</v>
+        <v>1699</v>
       </c>
       <c r="F830" s="4"/>
       <c r="G830" s="4"/>
       <c r="H830" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I830" s="4" t="s">
-        <v>38</v>
+        <v>382</v>
       </c>
     </row>
     <row r="831">
       <c r="A831" s="4">
-        <v>100675</v>
+        <v>100181</v>
       </c>
       <c r="B831" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C831" s="4" t="s">
-        <v>1699</v>
+        <v>1700</v>
       </c>
       <c r="D831" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E831" s="4" t="s">
-        <v>1700</v>
+        <v>1701</v>
       </c>
       <c r="F831" s="4"/>
       <c r="G831" s="4"/>
       <c r="H831" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I831" s="4" t="s">
-        <v>38</v>
+        <v>643</v>
       </c>
     </row>
     <row r="832">
       <c r="A832" s="4">
-        <v>100681</v>
+        <v>100185</v>
       </c>
       <c r="B832" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C832" s="4" t="s">
-        <v>1701</v>
+        <v>1702</v>
       </c>
       <c r="D832" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E832" s="4" t="s">
-        <v>1702</v>
+        <v>1703</v>
       </c>
       <c r="F832" s="4"/>
       <c r="G832" s="4"/>
       <c r="H832" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I832" s="4" t="s">
-        <v>38</v>
+        <v>1697</v>
       </c>
     </row>
     <row r="833">
       <c r="A833" s="4">
-        <v>100677</v>
+        <v>100666</v>
       </c>
       <c r="B833" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C833" s="4" t="s">
-        <v>1703</v>
+        <v>1704</v>
       </c>
       <c r="D833" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E833" s="4" t="s">
-        <v>1704</v>
+        <v>1705</v>
       </c>
       <c r="F833" s="4"/>
       <c r="G833" s="4"/>
       <c r="H833" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I833" s="4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="834">
       <c r="A834" s="4">
-        <v>100673</v>
+        <v>100189</v>
       </c>
       <c r="B834" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C834" s="4" t="s">
-        <v>1705</v>
+        <v>1706</v>
       </c>
       <c r="D834" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E834" s="4" t="s">
-        <v>1706</v>
+        <v>1707</v>
       </c>
       <c r="F834" s="4"/>
       <c r="G834" s="4"/>
       <c r="H834" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I834" s="4" t="s">
-        <v>38</v>
+        <v>382</v>
       </c>
     </row>
     <row r="835">
       <c r="A835" s="4">
-        <v>100642</v>
+        <v>100074</v>
       </c>
       <c r="B835" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C835" s="4" t="s">
-        <v>1707</v>
+        <v>1708</v>
       </c>
       <c r="D835" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E835" s="4" t="s">
-        <v>1708</v>
+        <v>1709</v>
       </c>
       <c r="F835" s="4"/>
       <c r="G835" s="4"/>
       <c r="H835" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I835" s="4" t="s">
-        <v>38</v>
+        <v>643</v>
       </c>
     </row>
     <row r="836">
       <c r="A836" s="4">
-        <v>100142</v>
+        <v>100685</v>
       </c>
       <c r="B836" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C836" s="4" t="s">
-        <v>1709</v>
+        <v>1710</v>
       </c>
       <c r="D836" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E836" s="4" t="s">
-        <v>1710</v>
+        <v>1711</v>
       </c>
       <c r="F836" s="4"/>
       <c r="G836" s="4"/>
       <c r="H836" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I836" s="4" t="s">
-        <v>158</v>
+        <v>38</v>
       </c>
     </row>
     <row r="837">
       <c r="A837" s="4">
-        <v>100640</v>
+        <v>100674</v>
       </c>
       <c r="B837" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C837" s="4" t="s">
-        <v>1711</v>
+        <v>1712</v>
       </c>
       <c r="D837" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E837" s="4" t="s">
-        <v>1712</v>
+        <v>1713</v>
       </c>
       <c r="F837" s="4"/>
       <c r="G837" s="4"/>
       <c r="H837" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I837" s="4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="838">
       <c r="A838" s="4">
-        <v>100638</v>
+        <v>100675</v>
       </c>
       <c r="B838" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C838" s="4" t="s">
-        <v>1713</v>
+        <v>1714</v>
       </c>
       <c r="D838" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E838" s="4" t="s">
-        <v>1714</v>
+        <v>1715</v>
       </c>
       <c r="F838" s="4"/>
       <c r="G838" s="4"/>
       <c r="H838" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I838" s="4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="839">
       <c r="A839" s="4">
-        <v>100646</v>
+        <v>100681</v>
       </c>
       <c r="B839" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C839" s="4" t="s">
-        <v>1715</v>
+        <v>1716</v>
       </c>
       <c r="D839" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E839" s="4" t="s">
-        <v>1716</v>
+        <v>1717</v>
       </c>
       <c r="F839" s="4"/>
       <c r="G839" s="4"/>
       <c r="H839" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I839" s="4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="840">
       <c r="A840" s="4">
-        <v>100637</v>
+        <v>100677</v>
       </c>
       <c r="B840" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C840" s="4" t="s">
-        <v>1717</v>
+        <v>1718</v>
       </c>
       <c r="D840" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E840" s="4" t="s">
-        <v>1718</v>
+        <v>1719</v>
       </c>
       <c r="F840" s="4"/>
       <c r="G840" s="4"/>
       <c r="H840" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I840" s="4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="841">
       <c r="A841" s="4">
-        <v>101262</v>
+        <v>100673</v>
       </c>
       <c r="B841" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C841" s="4" t="s">
-        <v>1719</v>
+        <v>1720</v>
       </c>
       <c r="D841" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E841" s="4" t="s">
-        <v>1720</v>
+        <v>1721</v>
       </c>
       <c r="F841" s="4"/>
       <c r="G841" s="4"/>
       <c r="H841" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I841" s="4" t="s">
-        <v>1721</v>
+        <v>38</v>
       </c>
     </row>
     <row r="842">
       <c r="A842" s="4">
-        <v>100635</v>
+        <v>100642</v>
       </c>
       <c r="B842" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C842" s="4" t="s">
         <v>1722</v>
       </c>
       <c r="D842" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E842" s="4" t="s">
         <v>1723</v>
       </c>
       <c r="F842" s="4"/>
       <c r="G842" s="4"/>
       <c r="H842" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I842" s="4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="843">
       <c r="A843" s="4">
-        <v>101047</v>
+        <v>100142</v>
       </c>
       <c r="B843" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C843" s="4" t="s">
         <v>1724</v>
       </c>
       <c r="D843" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E843" s="4" t="s">
         <v>1725</v>
       </c>
       <c r="F843" s="4"/>
       <c r="G843" s="4"/>
       <c r="H843" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I843" s="4" t="s">
-        <v>14</v>
+        <v>158</v>
       </c>
     </row>
     <row r="844">
       <c r="A844" s="4">
-        <v>100069</v>
+        <v>100640</v>
       </c>
       <c r="B844" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C844" s="4" t="s">
         <v>1726</v>
       </c>
       <c r="D844" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E844" s="4" t="s">
         <v>1727</v>
       </c>
       <c r="F844" s="4"/>
       <c r="G844" s="4"/>
       <c r="H844" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I844" s="4" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
     </row>
     <row r="845">
       <c r="A845" s="4">
-        <v>100649</v>
+        <v>100638</v>
       </c>
       <c r="B845" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C845" s="4" t="s">
         <v>1728</v>
       </c>
       <c r="D845" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E845" s="4" t="s">
         <v>1729</v>
       </c>
       <c r="F845" s="4"/>
       <c r="G845" s="4"/>
       <c r="H845" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I845" s="4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="846">
       <c r="A846" s="4">
-        <v>101144</v>
+        <v>100646</v>
       </c>
       <c r="B846" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C846" s="4" t="s">
         <v>1730</v>
       </c>
       <c r="D846" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E846" s="4" t="s">
         <v>1731</v>
       </c>
       <c r="F846" s="4"/>
       <c r="G846" s="4"/>
       <c r="H846" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I846" s="4" t="s">
-        <v>219</v>
+        <v>38</v>
       </c>
     </row>
     <row r="847">
       <c r="A847" s="4">
-        <v>100634</v>
+        <v>100637</v>
       </c>
       <c r="B847" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C847" s="4" t="s">
         <v>1732</v>
       </c>
       <c r="D847" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E847" s="4" t="s">
         <v>1733</v>
       </c>
       <c r="F847" s="4"/>
       <c r="G847" s="4"/>
       <c r="H847" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I847" s="4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="848">
       <c r="A848" s="4">
-        <v>100643</v>
+        <v>101262</v>
       </c>
       <c r="B848" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C848" s="4" t="s">
         <v>1734</v>
       </c>
       <c r="D848" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E848" s="4" t="s">
         <v>1735</v>
       </c>
       <c r="F848" s="4"/>
       <c r="G848" s="4"/>
       <c r="H848" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I848" s="4" t="s">
-        <v>640</v>
+        <v>1736</v>
       </c>
     </row>
     <row r="849">
       <c r="A849" s="4">
-        <v>100645</v>
+        <v>100635</v>
       </c>
       <c r="B849" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C849" s="4" t="s">
-        <v>1736</v>
+        <v>1737</v>
       </c>
       <c r="D849" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E849" s="4" t="s">
-        <v>1737</v>
+        <v>1738</v>
       </c>
       <c r="F849" s="4"/>
       <c r="G849" s="4"/>
       <c r="H849" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I849" s="4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="850">
       <c r="A850" s="4">
-        <v>100151</v>
+        <v>101047</v>
       </c>
       <c r="B850" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C850" s="4" t="s">
-        <v>1738</v>
+        <v>1739</v>
       </c>
       <c r="D850" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E850" s="4" t="s">
-        <v>1739</v>
+        <v>1740</v>
       </c>
       <c r="F850" s="4"/>
       <c r="G850" s="4"/>
       <c r="H850" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I850" s="4" t="s">
-        <v>640</v>
+        <v>14</v>
       </c>
     </row>
     <row r="851">
       <c r="A851" s="4">
-        <v>101270</v>
+        <v>100069</v>
       </c>
       <c r="B851" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C851" s="4" t="s">
-        <v>1740</v>
+        <v>1741</v>
       </c>
       <c r="D851" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E851" s="4" t="s">
-        <v>1741</v>
+        <v>1742</v>
       </c>
       <c r="F851" s="4"/>
       <c r="G851" s="4"/>
       <c r="H851" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I851" s="4" t="s">
-        <v>1667</v>
+        <v>27</v>
       </c>
     </row>
     <row r="852">
       <c r="A852" s="4">
-        <v>100644</v>
+        <v>100649</v>
       </c>
       <c r="B852" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C852" s="4" t="s">
-        <v>1742</v>
+        <v>1743</v>
       </c>
       <c r="D852" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E852" s="4" t="s">
-        <v>1743</v>
+        <v>1744</v>
       </c>
       <c r="F852" s="4"/>
       <c r="G852" s="4"/>
       <c r="H852" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I852" s="4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="853">
       <c r="A853" s="4">
-        <v>100650</v>
+        <v>101144</v>
       </c>
       <c r="B853" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C853" s="4" t="s">
-        <v>1744</v>
+        <v>1745</v>
       </c>
       <c r="D853" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E853" s="4" t="s">
-        <v>1745</v>
+        <v>1746</v>
       </c>
       <c r="F853" s="4"/>
       <c r="G853" s="4"/>
       <c r="H853" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I853" s="4" t="s">
-        <v>158</v>
+        <v>219</v>
       </c>
     </row>
     <row r="854">
       <c r="A854" s="4">
-        <v>100648</v>
+        <v>100634</v>
       </c>
       <c r="B854" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C854" s="4" t="s">
-        <v>1746</v>
+        <v>1747</v>
       </c>
       <c r="D854" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E854" s="4" t="s">
-        <v>1747</v>
+        <v>1748</v>
       </c>
       <c r="F854" s="4"/>
       <c r="G854" s="4"/>
       <c r="H854" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I854" s="4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="855">
       <c r="A855" s="4">
-        <v>100647</v>
+        <v>100643</v>
       </c>
       <c r="B855" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C855" s="4" t="s">
-        <v>1748</v>
+        <v>1749</v>
       </c>
       <c r="D855" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E855" s="4" t="s">
-        <v>1749</v>
+        <v>1750</v>
       </c>
       <c r="F855" s="4"/>
       <c r="G855" s="4"/>
       <c r="H855" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I855" s="4" t="s">
-        <v>82</v>
+        <v>643</v>
       </c>
     </row>
     <row r="856">
       <c r="A856" s="4">
-        <v>100636</v>
+        <v>100645</v>
       </c>
       <c r="B856" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C856" s="4" t="s">
-        <v>1750</v>
+        <v>1751</v>
       </c>
       <c r="D856" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E856" s="4" t="s">
-        <v>1751</v>
+        <v>1752</v>
       </c>
       <c r="F856" s="4"/>
       <c r="G856" s="4"/>
       <c r="H856" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I856" s="4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="857">
       <c r="A857" s="4">
-        <v>100639</v>
+        <v>100151</v>
       </c>
       <c r="B857" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C857" s="4" t="s">
-        <v>1752</v>
+        <v>1753</v>
       </c>
       <c r="D857" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E857" s="4" t="s">
-        <v>1753</v>
+        <v>1754</v>
       </c>
       <c r="F857" s="4"/>
       <c r="G857" s="4"/>
       <c r="H857" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I857" s="4" t="s">
-        <v>82</v>
+        <v>643</v>
       </c>
     </row>
     <row r="858">
       <c r="A858" s="4">
-        <v>100615</v>
+        <v>101270</v>
       </c>
       <c r="B858" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C858" s="4" t="s">
-        <v>1754</v>
+        <v>1755</v>
       </c>
       <c r="D858" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E858" s="4" t="s">
-        <v>1755</v>
+        <v>1756</v>
       </c>
       <c r="F858" s="4"/>
       <c r="G858" s="4"/>
       <c r="H858" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I858" s="4" t="s">
-        <v>38</v>
+        <v>1682</v>
       </c>
     </row>
     <row r="859">
       <c r="A859" s="4">
-        <v>101068</v>
+        <v>100644</v>
       </c>
       <c r="B859" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C859" s="4" t="s">
-        <v>1756</v>
+        <v>1757</v>
       </c>
       <c r="D859" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E859" s="4" t="s">
-        <v>1757</v>
+        <v>1758</v>
       </c>
       <c r="F859" s="4"/>
       <c r="G859" s="4"/>
       <c r="H859" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I859" s="4" t="s">
-        <v>14</v>
+        <v>38</v>
       </c>
     </row>
     <row r="860">
       <c r="A860" s="4">
-        <v>100641</v>
+        <v>100650</v>
       </c>
       <c r="B860" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C860" s="4" t="s">
-        <v>1758</v>
+        <v>1759</v>
       </c>
       <c r="D860" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E860" s="4" t="s">
-        <v>1759</v>
+        <v>1760</v>
       </c>
       <c r="F860" s="4"/>
       <c r="G860" s="4"/>
       <c r="H860" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I860" s="4" t="s">
-        <v>38</v>
+        <v>158</v>
       </c>
     </row>
     <row r="861">
       <c r="A861" s="4">
-        <v>101065</v>
+        <v>100648</v>
       </c>
       <c r="B861" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C861" s="4" t="s">
-        <v>1760</v>
+        <v>1761</v>
       </c>
       <c r="D861" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E861" s="4" t="s">
-        <v>1761</v>
+        <v>1762</v>
       </c>
       <c r="F861" s="4"/>
       <c r="G861" s="4"/>
       <c r="H861" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I861" s="4" t="s">
-        <v>14</v>
+        <v>38</v>
       </c>
     </row>
     <row r="862">
       <c r="A862" s="4">
-        <v>100609</v>
+        <v>100647</v>
       </c>
       <c r="B862" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C862" s="4" t="s">
-        <v>1762</v>
+        <v>1763</v>
       </c>
       <c r="D862" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E862" s="4" t="s">
-        <v>1763</v>
+        <v>1764</v>
       </c>
       <c r="F862" s="4"/>
       <c r="G862" s="4"/>
       <c r="H862" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I862" s="4" t="s">
-        <v>839</v>
+        <v>82</v>
       </c>
     </row>
     <row r="863">
       <c r="A863" s="4">
-        <v>100045</v>
+        <v>100636</v>
       </c>
       <c r="B863" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C863" s="4" t="s">
-        <v>1764</v>
+        <v>1765</v>
       </c>
       <c r="D863" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E863" s="4" t="s">
-        <v>1765</v>
+        <v>1766</v>
       </c>
       <c r="F863" s="4"/>
       <c r="G863" s="4"/>
       <c r="H863" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I863" s="4" t="s">
-        <v>82</v>
+        <v>38</v>
       </c>
     </row>
     <row r="864">
       <c r="A864" s="4">
-        <v>100608</v>
+        <v>100639</v>
       </c>
       <c r="B864" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C864" s="4" t="s">
-        <v>1766</v>
+        <v>1767</v>
       </c>
       <c r="D864" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E864" s="4" t="s">
-        <v>1767</v>
+        <v>1768</v>
       </c>
       <c r="F864" s="4"/>
       <c r="G864" s="4"/>
       <c r="H864" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I864" s="4" t="s">
-        <v>17</v>
+        <v>82</v>
       </c>
     </row>
     <row r="865">
       <c r="A865" s="4">
-        <v>100607</v>
+        <v>100615</v>
       </c>
       <c r="B865" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C865" s="4" t="s">
-        <v>1768</v>
+        <v>1769</v>
       </c>
       <c r="D865" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E865" s="4" t="s">
-        <v>1769</v>
+        <v>1770</v>
       </c>
       <c r="F865" s="4"/>
       <c r="G865" s="4"/>
       <c r="H865" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I865" s="4" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
     </row>
     <row r="866">
       <c r="A866" s="4">
-        <v>100610</v>
+        <v>101068</v>
       </c>
       <c r="B866" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C866" s="4" t="s">
-        <v>1770</v>
+        <v>1771</v>
       </c>
       <c r="D866" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E866" s="4" t="s">
-        <v>1771</v>
+        <v>1772</v>
       </c>
       <c r="F866" s="4"/>
       <c r="G866" s="4"/>
       <c r="H866" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I866" s="4" t="s">
-        <v>839</v>
+        <v>14</v>
       </c>
     </row>
     <row r="867">
       <c r="A867" s="4">
-        <v>100613</v>
+        <v>100641</v>
       </c>
       <c r="B867" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C867" s="4" t="s">
-        <v>1772</v>
+        <v>1773</v>
       </c>
       <c r="D867" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E867" s="4" t="s">
-        <v>1773</v>
+        <v>1774</v>
       </c>
       <c r="F867" s="4"/>
       <c r="G867" s="4"/>
       <c r="H867" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I867" s="4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="868">
       <c r="A868" s="4">
-        <v>100614</v>
+        <v>101065</v>
       </c>
       <c r="B868" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C868" s="4" t="s">
-        <v>1774</v>
+        <v>1775</v>
       </c>
       <c r="D868" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E868" s="4" t="s">
-        <v>1775</v>
+        <v>1776</v>
       </c>
       <c r="F868" s="4"/>
       <c r="G868" s="4"/>
       <c r="H868" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I868" s="4" t="s">
-        <v>38</v>
+        <v>14</v>
       </c>
     </row>
     <row r="869">
       <c r="A869" s="4">
-        <v>101259</v>
+        <v>100609</v>
       </c>
       <c r="B869" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C869" s="4" t="s">
-        <v>1776</v>
+        <v>1777</v>
       </c>
       <c r="D869" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E869" s="4" t="s">
-        <v>1777</v>
+        <v>1778</v>
       </c>
       <c r="F869" s="4"/>
       <c r="G869" s="4"/>
       <c r="H869" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I869" s="4" t="s">
-        <v>511</v>
+        <v>842</v>
       </c>
     </row>
     <row r="870">
       <c r="A870" s="4">
-        <v>101044</v>
+        <v>100045</v>
       </c>
       <c r="B870" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C870" s="4" t="s">
-        <v>1778</v>
+        <v>1779</v>
       </c>
       <c r="D870" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E870" s="4" t="s">
-        <v>1779</v>
+        <v>1780</v>
       </c>
       <c r="F870" s="4"/>
       <c r="G870" s="4"/>
       <c r="H870" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I870" s="4" t="s">
-        <v>14</v>
+        <v>82</v>
       </c>
     </row>
     <row r="871">
       <c r="A871" s="4">
-        <v>100693</v>
+        <v>100608</v>
       </c>
       <c r="B871" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C871" s="4" t="s">
-        <v>1780</v>
+        <v>1781</v>
       </c>
       <c r="D871" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E871" s="4" t="s">
-        <v>1781</v>
+        <v>1782</v>
       </c>
       <c r="F871" s="4"/>
       <c r="G871" s="4"/>
       <c r="H871" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I871" s="4" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
     </row>
     <row r="872">
       <c r="A872" s="4">
-        <v>101042</v>
+        <v>100607</v>
       </c>
       <c r="B872" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C872" s="4" t="s">
-        <v>1782</v>
+        <v>1783</v>
       </c>
       <c r="D872" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E872" s="4" t="s">
-        <v>1783</v>
+        <v>1784</v>
       </c>
       <c r="F872" s="4"/>
       <c r="G872" s="4"/>
       <c r="H872" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I872" s="4" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
     </row>
     <row r="873">
       <c r="A873" s="4">
-        <v>100691</v>
+        <v>100610</v>
       </c>
       <c r="B873" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C873" s="4" t="s">
-        <v>1784</v>
+        <v>1785</v>
       </c>
       <c r="D873" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E873" s="4" t="s">
-        <v>1785</v>
+        <v>1786</v>
       </c>
       <c r="F873" s="4"/>
       <c r="G873" s="4"/>
       <c r="H873" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I873" s="4" t="s">
-        <v>38</v>
+        <v>842</v>
       </c>
     </row>
     <row r="874">
       <c r="A874" s="4">
-        <v>100040</v>
+        <v>100613</v>
       </c>
       <c r="B874" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C874" s="4" t="s">
-        <v>1786</v>
+        <v>1787</v>
       </c>
       <c r="D874" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E874" s="4" t="s">
-        <v>1787</v>
+        <v>1788</v>
       </c>
       <c r="F874" s="4"/>
       <c r="G874" s="4"/>
       <c r="H874" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I874" s="4" t="s">
-        <v>158</v>
+        <v>38</v>
       </c>
     </row>
     <row r="875">
       <c r="A875" s="4">
-        <v>100702</v>
+        <v>100614</v>
       </c>
       <c r="B875" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C875" s="4" t="s">
-        <v>1788</v>
+        <v>1789</v>
       </c>
       <c r="D875" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E875" s="4" t="s">
-        <v>1789</v>
+        <v>1790</v>
       </c>
       <c r="F875" s="4"/>
       <c r="G875" s="4"/>
       <c r="H875" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I875" s="4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="876">
       <c r="A876" s="4">
-        <v>100690</v>
+        <v>101259</v>
       </c>
       <c r="B876" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C876" s="4" t="s">
-        <v>1790</v>
+        <v>1791</v>
       </c>
       <c r="D876" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E876" s="4" t="s">
-        <v>1791</v>
+        <v>1792</v>
       </c>
       <c r="F876" s="4"/>
       <c r="G876" s="4"/>
       <c r="H876" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I876" s="4" t="s">
-        <v>38</v>
+        <v>511</v>
       </c>
     </row>
     <row r="877">
       <c r="A877" s="4">
-        <v>100705</v>
+        <v>101044</v>
       </c>
       <c r="B877" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C877" s="4" t="s">
-        <v>1792</v>
+        <v>1793</v>
       </c>
       <c r="D877" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E877" s="4" t="s">
-        <v>1793</v>
+        <v>1794</v>
       </c>
       <c r="F877" s="4"/>
       <c r="G877" s="4"/>
       <c r="H877" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I877" s="4" t="s">
-        <v>38</v>
+        <v>14</v>
       </c>
     </row>
     <row r="878">
       <c r="A878" s="4">
-        <v>100706</v>
+        <v>100693</v>
       </c>
       <c r="B878" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C878" s="4" t="s">
-        <v>1794</v>
+        <v>1795</v>
       </c>
       <c r="D878" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E878" s="4" t="s">
-        <v>1795</v>
+        <v>1796</v>
       </c>
       <c r="F878" s="4"/>
       <c r="G878" s="4"/>
       <c r="H878" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I878" s="4" t="s">
-        <v>158</v>
+        <v>38</v>
       </c>
     </row>
     <row r="879">
       <c r="A879" s="4">
-        <v>101113</v>
+        <v>101042</v>
       </c>
       <c r="B879" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C879" s="4" t="s">
-        <v>1796</v>
+        <v>1797</v>
       </c>
       <c r="D879" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E879" s="4" t="s">
-        <v>1797</v>
+        <v>1798</v>
       </c>
       <c r="F879" s="4"/>
       <c r="G879" s="4"/>
       <c r="H879" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I879" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="880">
       <c r="A880" s="4">
-        <v>100041</v>
+        <v>100691</v>
       </c>
       <c r="B880" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C880" s="4" t="s">
-        <v>1798</v>
+        <v>1799</v>
       </c>
       <c r="D880" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E880" s="4" t="s">
-        <v>1799</v>
+        <v>1800</v>
       </c>
       <c r="F880" s="4"/>
       <c r="G880" s="4"/>
       <c r="H880" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I880" s="4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="881">
       <c r="A881" s="4">
-        <v>100042</v>
+        <v>100040</v>
       </c>
       <c r="B881" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C881" s="4" t="s">
-        <v>1800</v>
+        <v>1801</v>
       </c>
       <c r="D881" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E881" s="4" t="s">
-        <v>1801</v>
+        <v>1802</v>
       </c>
       <c r="F881" s="4"/>
       <c r="G881" s="4"/>
       <c r="H881" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I881" s="4" t="s">
-        <v>17</v>
+        <v>158</v>
       </c>
     </row>
     <row r="882">
       <c r="A882" s="4">
-        <v>101121</v>
+        <v>100702</v>
       </c>
       <c r="B882" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C882" s="4" t="s">
-        <v>1802</v>
+        <v>1803</v>
       </c>
       <c r="D882" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E882" s="4" t="s">
-        <v>1803</v>
+        <v>1804</v>
       </c>
       <c r="F882" s="4"/>
       <c r="G882" s="4"/>
       <c r="H882" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I882" s="4" t="s">
-        <v>14</v>
+        <v>38</v>
       </c>
     </row>
     <row r="883">
       <c r="A883" s="4">
-        <v>100692</v>
+        <v>100690</v>
       </c>
       <c r="B883" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C883" s="4" t="s">
-        <v>1804</v>
+        <v>1805</v>
       </c>
       <c r="D883" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E883" s="4" t="s">
-        <v>1805</v>
+        <v>1806</v>
       </c>
       <c r="F883" s="4"/>
       <c r="G883" s="4"/>
       <c r="H883" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I883" s="4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="884">
       <c r="A884" s="4">
-        <v>100155</v>
+        <v>100705</v>
       </c>
       <c r="B884" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C884" s="4" t="s">
-        <v>1806</v>
+        <v>1807</v>
       </c>
       <c r="D884" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E884" s="4" t="s">
-        <v>1807</v>
+        <v>1808</v>
       </c>
       <c r="F884" s="4"/>
       <c r="G884" s="4"/>
       <c r="H884" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I884" s="4" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
     </row>
     <row r="885">
       <c r="A885" s="4">
-        <v>101120</v>
+        <v>100706</v>
       </c>
       <c r="B885" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C885" s="4" t="s">
-        <v>1808</v>
+        <v>1809</v>
       </c>
       <c r="D885" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E885" s="4" t="s">
-        <v>1809</v>
+        <v>1810</v>
       </c>
       <c r="F885" s="4"/>
       <c r="G885" s="4"/>
       <c r="H885" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I885" s="4" t="s">
-        <v>14</v>
+        <v>158</v>
       </c>
     </row>
     <row r="886">
       <c r="A886" s="4">
-        <v>100700</v>
+        <v>101113</v>
       </c>
       <c r="B886" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C886" s="4" t="s">
-        <v>1810</v>
+        <v>1811</v>
       </c>
       <c r="D886" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E886" s="4" t="s">
-        <v>1811</v>
+        <v>1812</v>
       </c>
       <c r="F886" s="4"/>
       <c r="G886" s="4"/>
       <c r="H886" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I886" s="4" t="s">
-        <v>38</v>
+        <v>14</v>
       </c>
     </row>
     <row r="887">
       <c r="A887" s="4">
-        <v>100710</v>
+        <v>100041</v>
       </c>
       <c r="B887" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C887" s="4" t="s">
-        <v>1812</v>
+        <v>1813</v>
       </c>
       <c r="D887" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E887" s="4" t="s">
-        <v>1813</v>
+        <v>1814</v>
       </c>
       <c r="F887" s="4"/>
       <c r="G887" s="4"/>
       <c r="H887" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I887" s="4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="888">
       <c r="A888" s="4">
-        <v>100708</v>
+        <v>100042</v>
       </c>
       <c r="B888" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C888" s="4" t="s">
-        <v>1814</v>
+        <v>1815</v>
       </c>
       <c r="D888" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E888" s="4" t="s">
-        <v>1815</v>
+        <v>1816</v>
       </c>
       <c r="F888" s="4"/>
       <c r="G888" s="4"/>
       <c r="H888" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I888" s="4" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
     </row>
     <row r="889">
       <c r="A889" s="4">
-        <v>100709</v>
+        <v>101121</v>
       </c>
       <c r="B889" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C889" s="4" t="s">
-        <v>1816</v>
+        <v>1817</v>
       </c>
       <c r="D889" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E889" s="4" t="s">
-        <v>1817</v>
+        <v>1818</v>
       </c>
       <c r="F889" s="4"/>
       <c r="G889" s="4"/>
       <c r="H889" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I889" s="4" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
     </row>
     <row r="890">
       <c r="A890" s="4">
-        <v>100707</v>
+        <v>100692</v>
       </c>
       <c r="B890" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C890" s="4" t="s">
-        <v>1818</v>
+        <v>1819</v>
       </c>
       <c r="D890" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E890" s="4" t="s">
-        <v>756</v>
+        <v>1820</v>
       </c>
       <c r="F890" s="4"/>
       <c r="G890" s="4"/>
       <c r="H890" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I890" s="4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="891">
       <c r="A891" s="4">
-        <v>100703</v>
+        <v>100155</v>
       </c>
       <c r="B891" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C891" s="4" t="s">
-        <v>1819</v>
+        <v>1821</v>
       </c>
       <c r="D891" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E891" s="4" t="s">
-        <v>1820</v>
+        <v>1822</v>
       </c>
       <c r="F891" s="4"/>
       <c r="G891" s="4"/>
       <c r="H891" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I891" s="4" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
     </row>
     <row r="892">
       <c r="A892" s="4">
-        <v>100701</v>
+        <v>101120</v>
       </c>
       <c r="B892" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C892" s="4" t="s">
-        <v>1821</v>
+        <v>1823</v>
       </c>
       <c r="D892" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E892" s="4" t="s">
-        <v>1822</v>
+        <v>1824</v>
       </c>
       <c r="F892" s="4"/>
       <c r="G892" s="4"/>
       <c r="H892" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I892" s="4" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
     </row>
     <row r="893">
       <c r="A893" s="4">
-        <v>100704</v>
+        <v>100700</v>
       </c>
       <c r="B893" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C893" s="4" t="s">
-        <v>1823</v>
+        <v>1825</v>
       </c>
       <c r="D893" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E893" s="4" t="s">
-        <v>1824</v>
+        <v>1826</v>
       </c>
       <c r="F893" s="4"/>
       <c r="G893" s="4"/>
       <c r="H893" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I893" s="4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="894">
       <c r="A894" s="4">
-        <v>100076</v>
+        <v>100710</v>
       </c>
       <c r="B894" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C894" s="4" t="s">
-        <v>1825</v>
+        <v>1827</v>
       </c>
       <c r="D894" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E894" s="4" t="s">
-        <v>1826</v>
+        <v>1828</v>
       </c>
       <c r="F894" s="4"/>
       <c r="G894" s="4"/>
       <c r="H894" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I894" s="4" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
     </row>
     <row r="895">
       <c r="A895" s="4">
-        <v>100699</v>
+        <v>100708</v>
       </c>
       <c r="B895" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C895" s="4" t="s">
-        <v>1827</v>
+        <v>1829</v>
       </c>
       <c r="D895" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E895" s="4" t="s">
-        <v>1828</v>
+        <v>1830</v>
       </c>
       <c r="F895" s="4"/>
       <c r="G895" s="4"/>
       <c r="H895" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I895" s="4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="896">
       <c r="A896" s="4">
-        <v>101132</v>
+        <v>100709</v>
       </c>
       <c r="B896" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C896" s="4" t="s">
-        <v>1829</v>
+        <v>1831</v>
       </c>
       <c r="D896" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E896" s="4" t="s">
-        <v>1830</v>
+        <v>1832</v>
       </c>
       <c r="F896" s="4"/>
       <c r="G896" s="4"/>
       <c r="H896" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I896" s="4" t="s">
-        <v>317</v>
+        <v>17</v>
       </c>
     </row>
     <row r="897">
       <c r="A897" s="4">
-        <v>100157</v>
+        <v>100707</v>
       </c>
       <c r="B897" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C897" s="4" t="s">
-        <v>1831</v>
+        <v>1833</v>
       </c>
       <c r="D897" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E897" s="4" t="s">
-        <v>1832</v>
+        <v>759</v>
       </c>
       <c r="F897" s="4"/>
       <c r="G897" s="4"/>
       <c r="H897" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I897" s="4" t="s">
-        <v>640</v>
+        <v>38</v>
       </c>
     </row>
     <row r="898">
       <c r="A898" s="4">
-        <v>100697</v>
+        <v>100703</v>
       </c>
       <c r="B898" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C898" s="4" t="s">
-        <v>1833</v>
+        <v>1834</v>
       </c>
       <c r="D898" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E898" s="4" t="s">
-        <v>1834</v>
+        <v>1835</v>
       </c>
       <c r="F898" s="4"/>
       <c r="G898" s="4"/>
       <c r="H898" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I898" s="4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="899">
       <c r="A899" s="4">
-        <v>100156</v>
+        <v>100701</v>
       </c>
       <c r="B899" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C899" s="4" t="s">
-        <v>1835</v>
+        <v>1836</v>
       </c>
       <c r="D899" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E899" s="4" t="s">
-        <v>1836</v>
+        <v>1837</v>
       </c>
       <c r="F899" s="4"/>
       <c r="G899" s="4"/>
       <c r="H899" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I899" s="4" t="s">
-        <v>640</v>
+        <v>17</v>
       </c>
     </row>
     <row r="900">
       <c r="A900" s="4">
-        <v>101109</v>
+        <v>100704</v>
       </c>
       <c r="B900" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C900" s="4" t="s">
-        <v>1837</v>
+        <v>1838</v>
       </c>
       <c r="D900" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E900" s="4" t="s">
-        <v>1838</v>
+        <v>1839</v>
       </c>
       <c r="F900" s="4"/>
       <c r="G900" s="4"/>
       <c r="H900" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I900" s="4" t="s">
-        <v>594</v>
+        <v>38</v>
       </c>
     </row>
     <row r="901">
       <c r="A901" s="4">
-        <v>101126</v>
+        <v>100076</v>
       </c>
       <c r="B901" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C901" s="4" t="s">
-        <v>1839</v>
+        <v>1840</v>
       </c>
       <c r="D901" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E901" s="4" t="s">
-        <v>1840</v>
+        <v>1841</v>
       </c>
       <c r="F901" s="4"/>
       <c r="G901" s="4"/>
       <c r="H901" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I901" s="4" t="s">
-        <v>1841</v>
+        <v>17</v>
       </c>
     </row>
     <row r="902">
       <c r="A902" s="4">
-        <v>100688</v>
+        <v>100699</v>
       </c>
       <c r="B902" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C902" s="4" t="s">
         <v>1842</v>
       </c>
       <c r="D902" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E902" s="4" t="s">
         <v>1843</v>
       </c>
       <c r="F902" s="4"/>
       <c r="G902" s="4"/>
       <c r="H902" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I902" s="4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="903">
       <c r="A903" s="4">
-        <v>100689</v>
+        <v>101132</v>
       </c>
       <c r="B903" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C903" s="4" t="s">
         <v>1844</v>
       </c>
       <c r="D903" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E903" s="4" t="s">
         <v>1845</v>
       </c>
       <c r="F903" s="4"/>
       <c r="G903" s="4"/>
       <c r="H903" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I903" s="4" t="s">
-        <v>38</v>
+        <v>317</v>
       </c>
     </row>
     <row r="904">
       <c r="A904" s="4">
-        <v>100687</v>
+        <v>100157</v>
       </c>
       <c r="B904" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C904" s="4" t="s">
         <v>1846</v>
       </c>
       <c r="D904" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E904" s="4" t="s">
         <v>1847</v>
       </c>
       <c r="F904" s="4"/>
       <c r="G904" s="4"/>
       <c r="H904" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I904" s="4" t="s">
-        <v>38</v>
+        <v>643</v>
       </c>
     </row>
     <row r="905">
       <c r="A905" s="4">
-        <v>100117</v>
+        <v>100697</v>
       </c>
       <c r="B905" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C905" s="4" t="s">
         <v>1848</v>
       </c>
       <c r="D905" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E905" s="4" t="s">
         <v>1849</v>
       </c>
       <c r="F905" s="4"/>
       <c r="G905" s="4"/>
       <c r="H905" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I905" s="4" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
     </row>
     <row r="906">
       <c r="A906" s="4">
-        <v>100075</v>
+        <v>100156</v>
       </c>
       <c r="B906" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C906" s="4" t="s">
         <v>1850</v>
       </c>
       <c r="D906" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E906" s="4" t="s">
         <v>1851</v>
       </c>
       <c r="F906" s="4"/>
       <c r="G906" s="4"/>
       <c r="H906" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I906" s="4" t="s">
-        <v>640</v>
+        <v>643</v>
       </c>
     </row>
     <row r="907">
       <c r="A907" s="4">
-        <v>100698</v>
+        <v>101109</v>
       </c>
       <c r="B907" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C907" s="4" t="s">
         <v>1852</v>
       </c>
       <c r="D907" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E907" s="4" t="s">
         <v>1853</v>
       </c>
       <c r="F907" s="4"/>
       <c r="G907" s="4"/>
       <c r="H907" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I907" s="4" t="s">
-        <v>38</v>
+        <v>597</v>
       </c>
     </row>
     <row r="908">
       <c r="A908" s="4">
-        <v>100695</v>
+        <v>101126</v>
       </c>
       <c r="B908" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C908" s="4" t="s">
         <v>1854</v>
       </c>
       <c r="D908" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E908" s="4" t="s">
         <v>1855</v>
       </c>
       <c r="F908" s="4"/>
       <c r="G908" s="4"/>
       <c r="H908" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I908" s="4" t="s">
-        <v>38</v>
+        <v>1856</v>
       </c>
     </row>
     <row r="909">
       <c r="A909" s="4">
-        <v>100696</v>
+        <v>100688</v>
       </c>
       <c r="B909" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C909" s="4" t="s">
-        <v>1856</v>
+        <v>1857</v>
       </c>
       <c r="D909" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E909" s="4" t="s">
-        <v>1857</v>
+        <v>1858</v>
       </c>
       <c r="F909" s="4"/>
       <c r="G909" s="4"/>
       <c r="H909" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I909" s="4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="910">
       <c r="A910" s="4">
-        <v>100694</v>
+        <v>100689</v>
       </c>
       <c r="B910" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C910" s="4" t="s">
-        <v>1858</v>
+        <v>1859</v>
       </c>
       <c r="D910" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E910" s="4" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="F910" s="4"/>
       <c r="G910" s="4"/>
       <c r="H910" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I910" s="4" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
     </row>
     <row r="911">
       <c r="A911" s="4">
-        <v>100030</v>
+        <v>100687</v>
       </c>
       <c r="B911" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C911" s="4" t="s">
-        <v>1860</v>
+        <v>1861</v>
       </c>
       <c r="D911" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E911" s="4" t="s">
-        <v>1861</v>
+        <v>1862</v>
       </c>
       <c r="F911" s="4"/>
       <c r="G911" s="4"/>
       <c r="H911" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I911" s="4" t="s">
-        <v>158</v>
+        <v>38</v>
       </c>
     </row>
     <row r="912">
       <c r="A912" s="4">
-        <v>101043</v>
+        <v>100117</v>
       </c>
       <c r="B912" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C912" s="4" t="s">
-        <v>1862</v>
+        <v>1863</v>
       </c>
       <c r="D912" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E912" s="4" t="s">
-        <v>1863</v>
+        <v>1864</v>
       </c>
       <c r="F912" s="4"/>
       <c r="G912" s="4"/>
       <c r="H912" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I912" s="4" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
     </row>
     <row r="913">
       <c r="A913" s="4">
-        <v>101138</v>
+        <v>100075</v>
       </c>
       <c r="B913" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C913" s="4" t="s">
-        <v>1864</v>
+        <v>1865</v>
       </c>
       <c r="D913" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E913" s="4" t="s">
-        <v>1865</v>
+        <v>1866</v>
       </c>
       <c r="F913" s="4"/>
       <c r="G913" s="4"/>
       <c r="H913" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I913" s="4" t="s">
-        <v>252</v>
+        <v>643</v>
       </c>
     </row>
     <row r="914">
       <c r="A914" s="4">
-        <v>100686</v>
+        <v>100698</v>
       </c>
       <c r="B914" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C914" s="4" t="s">
-        <v>1866</v>
+        <v>1867</v>
       </c>
       <c r="D914" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E914" s="4" t="s">
-        <v>1867</v>
+        <v>1868</v>
       </c>
       <c r="F914" s="4"/>
       <c r="G914" s="4"/>
       <c r="H914" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I914" s="4" t="s">
-        <v>82</v>
+        <v>38</v>
       </c>
     </row>
     <row r="915">
       <c r="A915" s="4">
-        <v>101084</v>
+        <v>100695</v>
       </c>
       <c r="B915" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C915" s="4" t="s">
-        <v>1868</v>
+        <v>1869</v>
       </c>
       <c r="D915" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E915" s="4" t="s">
-        <v>1869</v>
+        <v>1870</v>
       </c>
       <c r="F915" s="4"/>
       <c r="G915" s="4"/>
       <c r="H915" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I915" s="4" t="s">
-        <v>14</v>
+        <v>38</v>
       </c>
     </row>
     <row r="916">
       <c r="A916" s="4">
-        <v>100633</v>
+        <v>100696</v>
       </c>
       <c r="B916" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C916" s="4" t="s">
-        <v>1870</v>
+        <v>1871</v>
       </c>
       <c r="D916" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E916" s="4" t="s">
-        <v>1871</v>
+        <v>1872</v>
       </c>
       <c r="F916" s="4"/>
       <c r="G916" s="4"/>
       <c r="H916" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I916" s="4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="917">
       <c r="A917" s="4">
-        <v>100619</v>
+        <v>100694</v>
       </c>
       <c r="B917" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C917" s="4" t="s">
-        <v>1872</v>
+        <v>1873</v>
       </c>
       <c r="D917" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E917" s="4" t="s">
-        <v>1873</v>
+        <v>1874</v>
       </c>
       <c r="F917" s="4"/>
       <c r="G917" s="4"/>
       <c r="H917" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I917" s="4" t="s">
-        <v>158</v>
+        <v>17</v>
       </c>
     </row>
     <row r="918">
       <c r="A918" s="4">
-        <v>100631</v>
+        <v>100030</v>
       </c>
       <c r="B918" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C918" s="4" t="s">
-        <v>1874</v>
+        <v>1875</v>
       </c>
       <c r="D918" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E918" s="4" t="s">
-        <v>1875</v>
+        <v>1876</v>
       </c>
       <c r="F918" s="4"/>
       <c r="G918" s="4"/>
       <c r="H918" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I918" s="4" t="s">
-        <v>38</v>
+        <v>158</v>
       </c>
     </row>
     <row r="919">
       <c r="A919" s="4">
-        <v>100618</v>
+        <v>101043</v>
       </c>
       <c r="B919" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C919" s="4" t="s">
-        <v>1876</v>
+        <v>1877</v>
       </c>
       <c r="D919" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E919" s="4" t="s">
-        <v>1877</v>
+        <v>1878</v>
       </c>
       <c r="F919" s="4"/>
       <c r="G919" s="4"/>
       <c r="H919" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I919" s="4" t="s">
-        <v>38</v>
+        <v>14</v>
       </c>
     </row>
     <row r="920">
       <c r="A920" s="4">
-        <v>101128</v>
+        <v>101138</v>
       </c>
       <c r="B920" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C920" s="4" t="s">
-        <v>1878</v>
+        <v>1879</v>
       </c>
       <c r="D920" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E920" s="4" t="s">
-        <v>1877</v>
+        <v>1880</v>
       </c>
       <c r="F920" s="4"/>
       <c r="G920" s="4"/>
       <c r="H920" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I920" s="4" t="s">
-        <v>158</v>
+        <v>252</v>
       </c>
     </row>
     <row r="921">
       <c r="A921" s="4">
-        <v>101231</v>
+        <v>100686</v>
       </c>
       <c r="B921" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C921" s="4" t="s">
-        <v>1879</v>
+        <v>1881</v>
       </c>
       <c r="D921" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E921" s="4" t="s">
-        <v>1880</v>
+        <v>1882</v>
       </c>
       <c r="F921" s="4"/>
       <c r="G921" s="4"/>
       <c r="H921" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I921" s="4" t="s">
-        <v>22</v>
+        <v>82</v>
       </c>
     </row>
     <row r="922">
       <c r="A922" s="4">
-        <v>100620</v>
+        <v>101084</v>
       </c>
       <c r="B922" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C922" s="4" t="s">
-        <v>1881</v>
+        <v>1883</v>
       </c>
       <c r="D922" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E922" s="4" t="s">
-        <v>1882</v>
+        <v>1884</v>
       </c>
       <c r="F922" s="4"/>
       <c r="G922" s="4"/>
       <c r="H922" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I922" s="4" t="s">
-        <v>158</v>
+        <v>14</v>
       </c>
     </row>
     <row r="923">
       <c r="A923" s="4">
-        <v>100621</v>
+        <v>100633</v>
       </c>
       <c r="B923" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C923" s="4" t="s">
-        <v>1883</v>
+        <v>1885</v>
       </c>
       <c r="D923" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E923" s="4" t="s">
-        <v>1884</v>
+        <v>1886</v>
       </c>
       <c r="F923" s="4"/>
       <c r="G923" s="4"/>
       <c r="H923" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I923" s="4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="924">
       <c r="A924" s="4">
-        <v>100622</v>
+        <v>100619</v>
       </c>
       <c r="B924" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C924" s="4" t="s">
-        <v>1885</v>
+        <v>1887</v>
       </c>
       <c r="D924" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E924" s="4" t="s">
-        <v>1886</v>
+        <v>1888</v>
       </c>
       <c r="F924" s="4"/>
       <c r="G924" s="4"/>
       <c r="H924" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I924" s="4" t="s">
-        <v>38</v>
+        <v>158</v>
       </c>
     </row>
     <row r="925">
       <c r="A925" s="4">
-        <v>100629</v>
+        <v>100631</v>
       </c>
       <c r="B925" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C925" s="4" t="s">
-        <v>1887</v>
+        <v>1889</v>
       </c>
       <c r="D925" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E925" s="4" t="s">
-        <v>1888</v>
+        <v>1890</v>
       </c>
       <c r="F925" s="4"/>
       <c r="G925" s="4"/>
       <c r="H925" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I925" s="4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="926">
       <c r="A926" s="4">
-        <v>101163</v>
+        <v>100618</v>
       </c>
       <c r="B926" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C926" s="4" t="s">
-        <v>1889</v>
+        <v>1891</v>
       </c>
       <c r="D926" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E926" s="4" t="s">
-        <v>1890</v>
+        <v>1892</v>
       </c>
       <c r="F926" s="4"/>
       <c r="G926" s="4"/>
       <c r="H926" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I926" s="4" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
     </row>
     <row r="927">
       <c r="A927" s="4">
-        <v>101164</v>
+        <v>101128</v>
       </c>
       <c r="B927" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C927" s="4" t="s">
-        <v>1891</v>
+        <v>1893</v>
       </c>
       <c r="D927" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E927" s="4" t="s">
         <v>1892</v>
       </c>
       <c r="F927" s="4"/>
       <c r="G927" s="4"/>
       <c r="H927" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I927" s="4" t="s">
-        <v>22</v>
+        <v>158</v>
       </c>
     </row>
     <row r="928">
       <c r="A928" s="4">
-        <v>100630</v>
+        <v>101231</v>
       </c>
       <c r="B928" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C928" s="4" t="s">
-        <v>1893</v>
+        <v>1894</v>
       </c>
       <c r="D928" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E928" s="4" t="s">
-        <v>1894</v>
+        <v>1895</v>
       </c>
       <c r="F928" s="4"/>
       <c r="G928" s="4"/>
       <c r="H928" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I928" s="4" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
     </row>
     <row r="929">
       <c r="A929" s="4">
-        <v>100067</v>
+        <v>100620</v>
       </c>
       <c r="B929" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C929" s="4" t="s">
-        <v>1895</v>
+        <v>1896</v>
       </c>
       <c r="D929" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E929" s="4" t="s">
-        <v>1896</v>
+        <v>1897</v>
       </c>
       <c r="F929" s="4"/>
       <c r="G929" s="4"/>
       <c r="H929" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I929" s="4" t="s">
-        <v>27</v>
+        <v>158</v>
       </c>
     </row>
     <row r="930">
       <c r="A930" s="4">
-        <v>100616</v>
+        <v>100621</v>
       </c>
       <c r="B930" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C930" s="4" t="s">
-        <v>1897</v>
+        <v>1898</v>
       </c>
       <c r="D930" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E930" s="4" t="s">
-        <v>1898</v>
+        <v>1899</v>
       </c>
       <c r="F930" s="4"/>
       <c r="G930" s="4"/>
       <c r="H930" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I930" s="4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="931">
       <c r="A931" s="4">
-        <v>100617</v>
+        <v>100622</v>
       </c>
       <c r="B931" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C931" s="4" t="s">
-        <v>1899</v>
+        <v>1900</v>
       </c>
       <c r="D931" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E931" s="4" t="s">
-        <v>1900</v>
+        <v>1901</v>
       </c>
       <c r="F931" s="4"/>
       <c r="G931" s="4"/>
       <c r="H931" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I931" s="4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="932">
       <c r="A932" s="4">
-        <v>101162</v>
+        <v>100629</v>
       </c>
       <c r="B932" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C932" s="4" t="s">
-        <v>1901</v>
+        <v>1902</v>
       </c>
       <c r="D932" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E932" s="4" t="s">
-        <v>1902</v>
+        <v>1903</v>
       </c>
       <c r="F932" s="4"/>
       <c r="G932" s="4"/>
       <c r="H932" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I932" s="4" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
     </row>
     <row r="933">
       <c r="A933" s="4">
-        <v>100152</v>
+        <v>101163</v>
       </c>
       <c r="B933" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C933" s="4" t="s">
-        <v>1903</v>
+        <v>1904</v>
       </c>
       <c r="D933" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E933" s="4" t="s">
-        <v>1904</v>
+        <v>1905</v>
       </c>
       <c r="F933" s="4"/>
       <c r="G933" s="4"/>
       <c r="H933" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I933" s="4" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
     </row>
     <row r="934">
       <c r="A934" s="4">
-        <v>101242</v>
+        <v>101164</v>
       </c>
       <c r="B934" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C934" s="4" t="s">
-        <v>1905</v>
+        <v>1906</v>
       </c>
       <c r="D934" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E934" s="4" t="s">
-        <v>1906</v>
+        <v>1907</v>
       </c>
       <c r="F934" s="4"/>
       <c r="G934" s="4"/>
       <c r="H934" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I934" s="4" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="935">
       <c r="A935" s="4">
-        <v>100068</v>
+        <v>100630</v>
       </c>
       <c r="B935" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C935" s="4" t="s">
-        <v>1907</v>
+        <v>1908</v>
       </c>
       <c r="D935" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E935" s="4" t="s">
-        <v>1908</v>
+        <v>1909</v>
       </c>
       <c r="F935" s="4"/>
       <c r="G935" s="4"/>
       <c r="H935" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I935" s="4" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
     </row>
     <row r="936">
       <c r="A936" s="4">
-        <v>100628</v>
+        <v>100067</v>
       </c>
       <c r="B936" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C936" s="4" t="s">
-        <v>1909</v>
+        <v>1910</v>
       </c>
       <c r="D936" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E936" s="4" t="s">
-        <v>1910</v>
+        <v>1911</v>
       </c>
       <c r="F936" s="4"/>
       <c r="G936" s="4"/>
       <c r="H936" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I936" s="4" t="s">
-        <v>129</v>
+        <v>27</v>
       </c>
     </row>
     <row r="937">
       <c r="A937" s="4">
-        <v>100624</v>
+        <v>100616</v>
       </c>
       <c r="B937" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C937" s="4" t="s">
-        <v>1911</v>
+        <v>1912</v>
       </c>
       <c r="D937" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E937" s="4" t="s">
-        <v>1912</v>
+        <v>1913</v>
       </c>
       <c r="F937" s="4"/>
       <c r="G937" s="4"/>
       <c r="H937" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I937" s="4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="938">
       <c r="A938" s="4">
-        <v>101253</v>
+        <v>100617</v>
       </c>
       <c r="B938" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C938" s="4" t="s">
-        <v>1913</v>
+        <v>1914</v>
       </c>
       <c r="D938" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E938" s="4" t="s">
-        <v>1914</v>
+        <v>1915</v>
       </c>
       <c r="F938" s="4"/>
       <c r="G938" s="4"/>
       <c r="H938" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I938" s="4" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
     </row>
     <row r="939">
       <c r="A939" s="4">
-        <v>100625</v>
+        <v>101162</v>
       </c>
       <c r="B939" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C939" s="4" t="s">
-        <v>1915</v>
+        <v>1916</v>
       </c>
       <c r="D939" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E939" s="4" t="s">
-        <v>1916</v>
+        <v>1917</v>
       </c>
       <c r="F939" s="4"/>
       <c r="G939" s="4"/>
       <c r="H939" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I939" s="4" t="s">
-        <v>158</v>
+        <v>22</v>
       </c>
     </row>
     <row r="940">
       <c r="A940" s="4">
-        <v>100626</v>
+        <v>101284</v>
       </c>
       <c r="B940" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C940" s="4" t="s">
-        <v>1917</v>
+        <v>1918</v>
       </c>
       <c r="D940" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E940" s="4" t="s">
-        <v>1918</v>
+        <v>1919</v>
       </c>
       <c r="F940" s="4"/>
       <c r="G940" s="4"/>
       <c r="H940" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I940" s="4" t="s">
-        <v>38</v>
+        <v>1920</v>
       </c>
     </row>
     <row r="941">
       <c r="A941" s="4">
-        <v>101045</v>
+        <v>101285</v>
       </c>
       <c r="B941" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C941" s="4" t="s">
-        <v>1919</v>
+        <v>1921</v>
       </c>
       <c r="D941" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E941" s="4" t="s">
-        <v>1920</v>
+        <v>1922</v>
       </c>
       <c r="F941" s="4"/>
       <c r="G941" s="4"/>
       <c r="H941" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I941" s="4" t="s">
-        <v>317</v>
+        <v>1920</v>
       </c>
     </row>
     <row r="942">
       <c r="A942" s="4">
-        <v>100627</v>
+        <v>100152</v>
       </c>
       <c r="B942" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C942" s="4" t="s">
-        <v>1921</v>
+        <v>1923</v>
       </c>
       <c r="D942" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E942" s="4" t="s">
-        <v>1922</v>
+        <v>1924</v>
       </c>
       <c r="F942" s="4"/>
       <c r="G942" s="4"/>
       <c r="H942" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I942" s="4" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
     </row>
     <row r="943">
       <c r="A943" s="4">
-        <v>101078</v>
+        <v>101242</v>
       </c>
       <c r="B943" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C943" s="4" t="s">
-        <v>1923</v>
+        <v>1925</v>
       </c>
       <c r="D943" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E943" s="4" t="s">
-        <v>1924</v>
+        <v>1926</v>
       </c>
       <c r="F943" s="4"/>
       <c r="G943" s="4"/>
       <c r="H943" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I943" s="4" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
     </row>
     <row r="944">
       <c r="A944" s="4">
-        <v>101063</v>
+        <v>100068</v>
       </c>
       <c r="B944" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C944" s="4" t="s">
-        <v>1925</v>
+        <v>1927</v>
       </c>
       <c r="D944" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E944" s="4" t="s">
-        <v>1926</v>
+        <v>1928</v>
       </c>
       <c r="F944" s="4"/>
       <c r="G944" s="4"/>
       <c r="H944" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I944" s="4" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
     </row>
     <row r="945">
       <c r="A945" s="4">
-        <v>100632</v>
+        <v>100628</v>
       </c>
       <c r="B945" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C945" s="4" t="s">
-        <v>1927</v>
+        <v>1929</v>
       </c>
       <c r="D945" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E945" s="4" t="s">
-        <v>1928</v>
+        <v>1930</v>
       </c>
       <c r="F945" s="4"/>
       <c r="G945" s="4"/>
       <c r="H945" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I945" s="4" t="s">
-        <v>82</v>
+        <v>129</v>
       </c>
     </row>
     <row r="946">
       <c r="A946" s="4">
-        <v>101064</v>
+        <v>100624</v>
       </c>
       <c r="B946" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C946" s="4" t="s">
-        <v>1929</v>
+        <v>1931</v>
       </c>
       <c r="D946" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E946" s="4" t="s">
-        <v>1930</v>
+        <v>1932</v>
       </c>
       <c r="F946" s="4"/>
       <c r="G946" s="4"/>
       <c r="H946" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I946" s="4" t="s">
-        <v>82</v>
+        <v>38</v>
       </c>
     </row>
     <row r="947">
       <c r="A947" s="4">
-        <v>101085</v>
+        <v>101253</v>
       </c>
       <c r="B947" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C947" s="4" t="s">
-        <v>1931</v>
+        <v>1933</v>
       </c>
       <c r="D947" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E947" s="4" t="s">
-        <v>1932</v>
+        <v>1934</v>
       </c>
       <c r="F947" s="4"/>
       <c r="G947" s="4"/>
       <c r="H947" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I947" s="4" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
     </row>
     <row r="948">
       <c r="A948" s="4">
-        <v>100028</v>
+        <v>100625</v>
       </c>
       <c r="B948" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C948" s="4" t="s">
-        <v>1933</v>
+        <v>1935</v>
       </c>
       <c r="D948" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E948" s="4" t="s">
-        <v>1934</v>
+        <v>1936</v>
       </c>
       <c r="F948" s="4"/>
       <c r="G948" s="4"/>
       <c r="H948" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I948" s="4" t="s">
-        <v>82</v>
+        <v>158</v>
       </c>
     </row>
     <row r="949">
       <c r="A949" s="4">
-        <v>100591</v>
+        <v>100626</v>
       </c>
       <c r="B949" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C949" s="4" t="s">
-        <v>1935</v>
+        <v>1937</v>
       </c>
       <c r="D949" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E949" s="4" t="s">
-        <v>1936</v>
+        <v>1938</v>
       </c>
       <c r="F949" s="4"/>
       <c r="G949" s="4"/>
       <c r="H949" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I949" s="4" t="s">
-        <v>640</v>
+        <v>38</v>
       </c>
     </row>
     <row r="950">
       <c r="A950" s="4">
-        <v>100590</v>
+        <v>101045</v>
       </c>
       <c r="B950" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C950" s="4" t="s">
-        <v>1937</v>
+        <v>1939</v>
       </c>
       <c r="D950" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E950" s="4" t="s">
-        <v>1938</v>
+        <v>1940</v>
       </c>
       <c r="F950" s="4"/>
       <c r="G950" s="4"/>
       <c r="H950" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I950" s="4" t="s">
-        <v>640</v>
+        <v>317</v>
       </c>
     </row>
     <row r="951">
       <c r="A951" s="4">
-        <v>100592</v>
+        <v>100627</v>
       </c>
       <c r="B951" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C951" s="4" t="s">
-        <v>1939</v>
+        <v>1941</v>
       </c>
       <c r="D951" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E951" s="4" t="s">
-        <v>1940</v>
+        <v>1942</v>
       </c>
       <c r="F951" s="4"/>
       <c r="G951" s="4"/>
       <c r="H951" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I951" s="4" t="s">
-        <v>839</v>
+        <v>38</v>
       </c>
     </row>
     <row r="952">
       <c r="A952" s="4">
-        <v>101067</v>
+        <v>101078</v>
       </c>
       <c r="B952" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C952" s="4" t="s">
-        <v>1941</v>
+        <v>1943</v>
       </c>
       <c r="D952" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E952" s="4" t="s">
-        <v>1942</v>
+        <v>1944</v>
       </c>
       <c r="F952" s="4"/>
       <c r="G952" s="4"/>
       <c r="H952" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I952" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="953">
       <c r="A953" s="4">
-        <v>100062</v>
+        <v>101063</v>
       </c>
       <c r="B953" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C953" s="4" t="s">
-        <v>1943</v>
+        <v>1945</v>
       </c>
       <c r="D953" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E953" s="4" t="s">
-        <v>1944</v>
+        <v>1946</v>
       </c>
       <c r="F953" s="4"/>
       <c r="G953" s="4"/>
       <c r="H953" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I953" s="4" t="s">
-        <v>640</v>
+        <v>14</v>
       </c>
     </row>
     <row r="954">
       <c r="A954" s="4">
-        <v>100153</v>
+        <v>100632</v>
       </c>
       <c r="B954" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C954" s="4" t="s">
-        <v>1945</v>
+        <v>1947</v>
       </c>
       <c r="D954" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E954" s="4" t="s">
-        <v>1946</v>
+        <v>1948</v>
       </c>
       <c r="F954" s="4"/>
       <c r="G954" s="4"/>
       <c r="H954" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I954" s="4" t="s">
-        <v>594</v>
+        <v>82</v>
       </c>
     </row>
     <row r="955">
       <c r="A955" s="4">
-        <v>101092</v>
+        <v>101064</v>
       </c>
       <c r="B955" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C955" s="4" t="s">
-        <v>1947</v>
+        <v>1949</v>
       </c>
       <c r="D955" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E955" s="4" t="s">
-        <v>1948</v>
+        <v>1950</v>
       </c>
       <c r="F955" s="4"/>
       <c r="G955" s="4"/>
       <c r="H955" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I955" s="4" t="s">
-        <v>17</v>
+        <v>82</v>
       </c>
     </row>
     <row r="956">
       <c r="A956" s="4">
-        <v>100597</v>
+        <v>101085</v>
       </c>
       <c r="B956" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C956" s="4" t="s">
-        <v>1949</v>
+        <v>1951</v>
       </c>
       <c r="D956" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E956" s="4" t="s">
-        <v>1950</v>
+        <v>1952</v>
       </c>
       <c r="F956" s="4"/>
       <c r="G956" s="4"/>
       <c r="H956" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I956" s="4" t="s">
-        <v>839</v>
+        <v>14</v>
       </c>
     </row>
     <row r="957">
       <c r="A957" s="4">
-        <v>100596</v>
+        <v>100028</v>
       </c>
       <c r="B957" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C957" s="4" t="s">
-        <v>1951</v>
+        <v>1953</v>
       </c>
       <c r="D957" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E957" s="4" t="s">
-        <v>1952</v>
+        <v>1954</v>
       </c>
       <c r="F957" s="4"/>
       <c r="G957" s="4"/>
       <c r="H957" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I957" s="4" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="958">
       <c r="A958" s="4">
-        <v>101071</v>
+        <v>100591</v>
       </c>
       <c r="B958" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C958" s="4" t="s">
-        <v>1953</v>
+        <v>1955</v>
       </c>
       <c r="D958" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E958" s="4" t="s">
-        <v>1954</v>
+        <v>1956</v>
       </c>
       <c r="F958" s="4"/>
       <c r="G958" s="4"/>
       <c r="H958" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I958" s="4" t="s">
-        <v>82</v>
+        <v>643</v>
       </c>
     </row>
     <row r="959">
       <c r="A959" s="4">
-        <v>100594</v>
+        <v>100590</v>
       </c>
       <c r="B959" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C959" s="4" t="s">
-        <v>1955</v>
+        <v>1957</v>
       </c>
       <c r="D959" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E959" s="4" t="s">
-        <v>1956</v>
+        <v>1958</v>
       </c>
       <c r="F959" s="4"/>
       <c r="G959" s="4"/>
       <c r="H959" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I959" s="4" t="s">
-        <v>839</v>
+        <v>643</v>
       </c>
     </row>
     <row r="960">
       <c r="A960" s="4">
-        <v>100595</v>
+        <v>100592</v>
       </c>
       <c r="B960" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C960" s="4" t="s">
-        <v>1957</v>
+        <v>1959</v>
       </c>
       <c r="D960" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E960" s="4" t="s">
-        <v>1958</v>
+        <v>1960</v>
       </c>
       <c r="F960" s="4"/>
       <c r="G960" s="4"/>
       <c r="H960" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I960" s="4" t="s">
-        <v>82</v>
+        <v>842</v>
       </c>
     </row>
     <row r="961">
       <c r="A961" s="4">
-        <v>101230</v>
+        <v>101067</v>
       </c>
       <c r="B961" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C961" s="4" t="s">
-        <v>1959</v>
+        <v>1961</v>
       </c>
       <c r="D961" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E961" s="4" t="s">
-        <v>1960</v>
+        <v>1962</v>
       </c>
       <c r="F961" s="4"/>
       <c r="G961" s="4"/>
       <c r="H961" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I961" s="4" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
     </row>
     <row r="962">
       <c r="A962" s="4">
-        <v>101134</v>
+        <v>100062</v>
       </c>
       <c r="B962" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C962" s="4" t="s">
-        <v>1961</v>
+        <v>1963</v>
       </c>
       <c r="D962" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E962" s="4" t="s">
-        <v>1962</v>
+        <v>1964</v>
       </c>
       <c r="F962" s="4"/>
       <c r="G962" s="4"/>
       <c r="H962" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I962" s="4" t="s">
-        <v>252</v>
+        <v>643</v>
       </c>
     </row>
     <row r="963">
       <c r="A963" s="4">
-        <v>100154</v>
+        <v>100153</v>
       </c>
       <c r="B963" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C963" s="4" t="s">
-        <v>1963</v>
+        <v>1965</v>
       </c>
       <c r="D963" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E963" s="4" t="s">
-        <v>1964</v>
+        <v>1966</v>
       </c>
       <c r="F963" s="4"/>
       <c r="G963" s="4"/>
       <c r="H963" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I963" s="4" t="s">
-        <v>27</v>
+        <v>597</v>
       </c>
     </row>
     <row r="964">
       <c r="A964" s="4">
-        <v>100063</v>
+        <v>101092</v>
       </c>
       <c r="B964" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C964" s="4" t="s">
-        <v>1965</v>
+        <v>1967</v>
       </c>
       <c r="D964" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E964" s="4" t="s">
-        <v>1966</v>
+        <v>1968</v>
       </c>
       <c r="F964" s="4"/>
       <c r="G964" s="4"/>
       <c r="H964" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I964" s="4" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
     </row>
     <row r="965">
       <c r="A965" s="4">
-        <v>101052</v>
+        <v>100597</v>
       </c>
       <c r="B965" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C965" s="4" t="s">
-        <v>1967</v>
+        <v>1969</v>
       </c>
       <c r="D965" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E965" s="4" t="s">
-        <v>1968</v>
+        <v>1970</v>
       </c>
       <c r="F965" s="4"/>
       <c r="G965" s="4"/>
       <c r="H965" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I965" s="4" t="s">
-        <v>14</v>
+        <v>842</v>
       </c>
     </row>
     <row r="966">
       <c r="A966" s="4">
-        <v>100191</v>
+        <v>100596</v>
       </c>
       <c r="B966" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C966" s="4" t="s">
-        <v>1969</v>
+        <v>1971</v>
       </c>
       <c r="D966" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E966" s="4" t="s">
-        <v>1970</v>
+        <v>1972</v>
       </c>
       <c r="F966" s="4"/>
       <c r="G966" s="4"/>
       <c r="H966" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I966" s="4" t="s">
-        <v>382</v>
+        <v>82</v>
       </c>
     </row>
     <row r="967">
       <c r="A967" s="4">
-        <v>101087</v>
+        <v>101071</v>
       </c>
       <c r="B967" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C967" s="4" t="s">
-        <v>1971</v>
+        <v>1973</v>
       </c>
       <c r="D967" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E967" s="4" t="s">
-        <v>1972</v>
+        <v>1974</v>
       </c>
       <c r="F967" s="4"/>
       <c r="G967" s="4"/>
       <c r="H967" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I967" s="4" t="s">
-        <v>14</v>
+        <v>82</v>
       </c>
     </row>
     <row r="968">
       <c r="A968" s="4">
-        <v>100623</v>
+        <v>100594</v>
       </c>
       <c r="B968" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C968" s="4" t="s">
-        <v>1973</v>
+        <v>1975</v>
       </c>
       <c r="D968" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E968" s="4" t="s">
-        <v>1974</v>
+        <v>1976</v>
       </c>
       <c r="F968" s="4"/>
       <c r="G968" s="4"/>
       <c r="H968" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I968" s="4" t="s">
-        <v>640</v>
+        <v>842</v>
       </c>
     </row>
     <row r="969">
       <c r="A969" s="4">
-        <v>100601</v>
+        <v>100595</v>
       </c>
       <c r="B969" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C969" s="4" t="s">
-        <v>1975</v>
+        <v>1977</v>
       </c>
       <c r="D969" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E969" s="4" t="s">
-        <v>1976</v>
+        <v>1978</v>
       </c>
       <c r="F969" s="4"/>
       <c r="G969" s="4"/>
       <c r="H969" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I969" s="4" t="s">
-        <v>839</v>
+        <v>82</v>
       </c>
     </row>
     <row r="970">
       <c r="A970" s="4">
-        <v>100176</v>
+        <v>101230</v>
       </c>
       <c r="B970" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C970" s="4" t="s">
-        <v>1977</v>
+        <v>1979</v>
       </c>
       <c r="D970" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E970" s="4" t="s">
-        <v>1978</v>
+        <v>1980</v>
       </c>
       <c r="F970" s="4"/>
       <c r="G970" s="4"/>
       <c r="H970" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I970" s="4" t="s">
-        <v>640</v>
+        <v>22</v>
       </c>
     </row>
     <row r="971">
       <c r="A971" s="4">
-        <v>100104</v>
+        <v>101134</v>
       </c>
       <c r="B971" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C971" s="4" t="s">
-        <v>1979</v>
+        <v>1981</v>
       </c>
       <c r="D971" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E971" s="4" t="s">
-        <v>1980</v>
+        <v>1982</v>
       </c>
       <c r="F971" s="4"/>
       <c r="G971" s="4"/>
       <c r="H971" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I971" s="4" t="s">
-        <v>640</v>
+        <v>252</v>
       </c>
     </row>
     <row r="972">
       <c r="A972" s="4">
-        <v>100772</v>
+        <v>100154</v>
       </c>
       <c r="B972" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C972" s="4" t="s">
-        <v>1981</v>
+        <v>1983</v>
       </c>
       <c r="D972" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E972" s="4" t="s">
-        <v>1982</v>
+        <v>1984</v>
       </c>
       <c r="F972" s="4"/>
       <c r="G972" s="4"/>
       <c r="H972" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I972" s="4" t="s">
-        <v>640</v>
+        <v>27</v>
       </c>
     </row>
     <row r="973">
       <c r="A973" s="4">
-        <v>100103</v>
+        <v>100063</v>
       </c>
       <c r="B973" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C973" s="4" t="s">
-        <v>1983</v>
+        <v>1985</v>
       </c>
       <c r="D973" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E973" s="4" t="s">
-        <v>1984</v>
+        <v>1986</v>
       </c>
       <c r="F973" s="4"/>
       <c r="G973" s="4"/>
       <c r="H973" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I973" s="4" t="s">
-        <v>640</v>
+        <v>27</v>
       </c>
     </row>
     <row r="974">
       <c r="A974" s="4">
-        <v>100771</v>
+        <v>101052</v>
       </c>
       <c r="B974" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C974" s="4" t="s">
-        <v>1985</v>
+        <v>1987</v>
       </c>
       <c r="D974" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E974" s="4" t="s">
-        <v>1986</v>
+        <v>1988</v>
       </c>
       <c r="F974" s="4"/>
       <c r="G974" s="4"/>
       <c r="H974" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I974" s="4" t="s">
-        <v>38</v>
+        <v>14</v>
       </c>
     </row>
     <row r="975">
       <c r="A975" s="4">
-        <v>101075</v>
+        <v>100191</v>
       </c>
       <c r="B975" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C975" s="4" t="s">
-        <v>1987</v>
+        <v>1989</v>
       </c>
       <c r="D975" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E975" s="4" t="s">
-        <v>1988</v>
+        <v>1990</v>
       </c>
       <c r="F975" s="4"/>
       <c r="G975" s="4"/>
       <c r="H975" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I975" s="4" t="s">
-        <v>14</v>
+        <v>382</v>
       </c>
     </row>
     <row r="976">
       <c r="A976" s="4">
-        <v>101094</v>
+        <v>101087</v>
       </c>
       <c r="B976" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C976" s="4" t="s">
-        <v>1989</v>
+        <v>1991</v>
       </c>
       <c r="D976" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E976" s="4" t="s">
-        <v>1990</v>
+        <v>1992</v>
       </c>
       <c r="F976" s="4"/>
       <c r="G976" s="4"/>
       <c r="H976" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I976" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="977">
       <c r="A977" s="4">
-        <v>101093</v>
+        <v>100623</v>
       </c>
       <c r="B977" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C977" s="4" t="s">
-        <v>1991</v>
+        <v>1993</v>
       </c>
       <c r="D977" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E977" s="4" t="s">
-        <v>1992</v>
+        <v>1994</v>
       </c>
       <c r="F977" s="4"/>
       <c r="G977" s="4"/>
       <c r="H977" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I977" s="4" t="s">
-        <v>14</v>
+        <v>643</v>
       </c>
     </row>
     <row r="978">
       <c r="A978" s="4">
-        <v>100658</v>
+        <v>100601</v>
       </c>
       <c r="B978" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C978" s="4" t="s">
-        <v>1993</v>
+        <v>1995</v>
       </c>
       <c r="D978" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E978" s="4" t="s">
-        <v>1994</v>
+        <v>1996</v>
       </c>
       <c r="F978" s="4"/>
       <c r="G978" s="4"/>
       <c r="H978" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I978" s="4" t="s">
-        <v>640</v>
+        <v>842</v>
       </c>
     </row>
     <row r="979">
       <c r="A979" s="4">
-        <v>100654</v>
+        <v>100176</v>
       </c>
       <c r="B979" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C979" s="4" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="D979" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E979" s="4" t="s">
-        <v>1996</v>
+        <v>1998</v>
       </c>
       <c r="F979" s="4"/>
       <c r="G979" s="4"/>
       <c r="H979" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I979" s="4" t="s">
-        <v>38</v>
+        <v>643</v>
       </c>
     </row>
     <row r="980">
       <c r="A980" s="4">
-        <v>100656</v>
+        <v>100104</v>
       </c>
       <c r="B980" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C980" s="4" t="s">
-        <v>1997</v>
+        <v>1999</v>
       </c>
       <c r="D980" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E980" s="4" t="s">
-        <v>1998</v>
+        <v>2000</v>
       </c>
       <c r="F980" s="4"/>
       <c r="G980" s="4"/>
       <c r="H980" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I980" s="4" t="s">
-        <v>38</v>
+        <v>643</v>
       </c>
     </row>
     <row r="981">
       <c r="A981" s="4">
-        <v>100071</v>
+        <v>100772</v>
       </c>
       <c r="B981" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C981" s="4" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="D981" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E981" s="4" t="s">
-        <v>2000</v>
+        <v>2002</v>
       </c>
       <c r="F981" s="4"/>
       <c r="G981" s="4"/>
       <c r="H981" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I981" s="4" t="s">
-        <v>640</v>
+        <v>643</v>
       </c>
     </row>
     <row r="982">
       <c r="A982" s="4">
-        <v>100653</v>
+        <v>100103</v>
       </c>
       <c r="B982" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C982" s="4" t="s">
-        <v>2001</v>
+        <v>2003</v>
       </c>
       <c r="D982" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E982" s="4" t="s">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="F982" s="4"/>
       <c r="G982" s="4"/>
       <c r="H982" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I982" s="4" t="s">
-        <v>38</v>
+        <v>643</v>
       </c>
     </row>
     <row r="983">
       <c r="A983" s="4">
-        <v>100070</v>
+        <v>100771</v>
       </c>
       <c r="B983" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C983" s="4" t="s">
-        <v>2003</v>
+        <v>2005</v>
       </c>
       <c r="D983" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E983" s="4" t="s">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="F983" s="4"/>
       <c r="G983" s="4"/>
       <c r="H983" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I983" s="4" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
     </row>
     <row r="984">
       <c r="A984" s="4">
-        <v>100072</v>
+        <v>101075</v>
       </c>
       <c r="B984" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C984" s="4" t="s">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="D984" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E984" s="4" t="s">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="F984" s="4"/>
       <c r="G984" s="4"/>
       <c r="H984" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I984" s="4" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
     </row>
     <row r="985">
       <c r="A985" s="4">
-        <v>100660</v>
+        <v>101094</v>
       </c>
       <c r="B985" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C985" s="4" t="s">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="D985" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E985" s="4" t="s">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="F985" s="4"/>
       <c r="G985" s="4"/>
       <c r="H985" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I985" s="4" t="s">
-        <v>38</v>
+        <v>14</v>
       </c>
     </row>
     <row r="986">
       <c r="A986" s="4">
-        <v>100662</v>
+        <v>101093</v>
       </c>
       <c r="B986" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C986" s="4" t="s">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="D986" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E986" s="4" t="s">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="F986" s="4"/>
       <c r="G986" s="4"/>
       <c r="H986" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I986" s="4" t="s">
-        <v>640</v>
+        <v>14</v>
       </c>
     </row>
     <row r="987">
       <c r="A987" s="4">
-        <v>100663</v>
+        <v>100658</v>
       </c>
       <c r="B987" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C987" s="4" t="s">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="D987" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E987" s="4" t="s">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="F987" s="4"/>
       <c r="G987" s="4"/>
       <c r="H987" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I987" s="4" t="s">
-        <v>38</v>
+        <v>643</v>
       </c>
     </row>
     <row r="988">
       <c r="A988" s="4">
-        <v>100661</v>
+        <v>100654</v>
       </c>
       <c r="B988" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C988" s="4" t="s">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="D988" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E988" s="4" t="s">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="F988" s="4"/>
       <c r="G988" s="4"/>
       <c r="H988" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I988" s="4" t="s">
-        <v>640</v>
+        <v>38</v>
       </c>
     </row>
     <row r="989">
       <c r="A989" s="4">
-        <v>100073</v>
+        <v>100656</v>
       </c>
       <c r="B989" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C989" s="4" t="s">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="D989" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E989" s="4" t="s">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="F989" s="4"/>
       <c r="G989" s="4"/>
       <c r="H989" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I989" s="4" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
     </row>
     <row r="990">
       <c r="A990" s="4">
-        <v>100664</v>
+        <v>100071</v>
       </c>
       <c r="B990" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C990" s="4" t="s">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="D990" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E990" s="4" t="s">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="F990" s="4"/>
       <c r="G990" s="4"/>
       <c r="H990" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I990" s="4" t="s">
-        <v>219</v>
+        <v>643</v>
       </c>
     </row>
     <row r="991">
       <c r="A991" s="4">
-        <v>100665</v>
+        <v>100653</v>
       </c>
       <c r="B991" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C991" s="4" t="s">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="D991" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E991" s="4" t="s">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="F991" s="4"/>
       <c r="G991" s="4"/>
       <c r="H991" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I991" s="4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="992">
       <c r="A992" s="4">
-        <v>100657</v>
+        <v>100070</v>
       </c>
       <c r="B992" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C992" s="4" t="s">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="D992" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E992" s="4" t="s">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="F992" s="4"/>
       <c r="G992" s="4"/>
       <c r="H992" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I992" s="4" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
     </row>
     <row r="993">
       <c r="A993" s="4">
-        <v>100652</v>
+        <v>100072</v>
       </c>
       <c r="B993" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C993" s="4" t="s">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="D993" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E993" s="4" t="s">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="F993" s="4"/>
       <c r="G993" s="4"/>
       <c r="H993" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I993" s="4" t="s">
-        <v>82</v>
+        <v>27</v>
       </c>
     </row>
     <row r="994">
       <c r="A994" s="4">
-        <v>100651</v>
+        <v>100660</v>
       </c>
       <c r="B994" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C994" s="4" t="s">
-        <v>2025</v>
+        <v>2027</v>
       </c>
       <c r="D994" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E994" s="4" t="s">
-        <v>2026</v>
+        <v>2028</v>
       </c>
       <c r="F994" s="4"/>
       <c r="G994" s="4"/>
       <c r="H994" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I994" s="4" t="s">
-        <v>82</v>
+        <v>38</v>
       </c>
     </row>
     <row r="995">
       <c r="A995" s="4">
-        <v>100655</v>
+        <v>100662</v>
       </c>
       <c r="B995" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C995" s="4" t="s">
-        <v>2027</v>
+        <v>2029</v>
       </c>
       <c r="D995" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E995" s="4" t="s">
-        <v>2028</v>
+        <v>2030</v>
       </c>
       <c r="F995" s="4"/>
       <c r="G995" s="4"/>
       <c r="H995" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I995" s="4" t="s">
-        <v>38</v>
+        <v>643</v>
       </c>
     </row>
     <row r="996">
       <c r="A996" s="4">
-        <v>100755</v>
+        <v>100663</v>
       </c>
       <c r="B996" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C996" s="4" t="s">
-        <v>2029</v>
+        <v>2031</v>
       </c>
       <c r="D996" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E996" s="4" t="s">
-        <v>2030</v>
+        <v>2032</v>
       </c>
       <c r="F996" s="4"/>
       <c r="G996" s="4"/>
       <c r="H996" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I996" s="4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="997">
       <c r="A997" s="4">
-        <v>100757</v>
+        <v>100661</v>
       </c>
       <c r="B997" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C997" s="4" t="s">
-        <v>2031</v>
+        <v>2033</v>
       </c>
       <c r="D997" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E997" s="4" t="s">
-        <v>2032</v>
+        <v>2034</v>
       </c>
       <c r="F997" s="4"/>
       <c r="G997" s="4"/>
       <c r="H997" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I997" s="4" t="s">
-        <v>17</v>
+        <v>643</v>
       </c>
     </row>
     <row r="998">
       <c r="A998" s="4">
-        <v>100756</v>
+        <v>100073</v>
       </c>
       <c r="B998" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C998" s="4" t="s">
-        <v>2033</v>
+        <v>2035</v>
       </c>
       <c r="D998" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E998" s="4" t="s">
-        <v>2034</v>
+        <v>2036</v>
       </c>
       <c r="F998" s="4"/>
       <c r="G998" s="4"/>
       <c r="H998" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I998" s="4" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
     </row>
     <row r="999">
       <c r="A999" s="4">
-        <v>100759</v>
+        <v>100664</v>
       </c>
       <c r="B999" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C999" s="4" t="s">
-        <v>2035</v>
+        <v>2037</v>
       </c>
       <c r="D999" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E999" s="4" t="s">
-        <v>2036</v>
+        <v>2038</v>
       </c>
       <c r="F999" s="4"/>
       <c r="G999" s="4"/>
       <c r="H999" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I999" s="4" t="s">
-        <v>38</v>
+        <v>219</v>
       </c>
     </row>
     <row r="1000">
       <c r="A1000" s="4">
-        <v>100713</v>
+        <v>100665</v>
       </c>
       <c r="B1000" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1000" s="4" t="s">
-        <v>2037</v>
+        <v>2039</v>
       </c>
       <c r="D1000" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1000" s="4" t="s">
-        <v>2038</v>
+        <v>2040</v>
       </c>
       <c r="F1000" s="4"/>
       <c r="G1000" s="4"/>
       <c r="H1000" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1000" s="4" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
     </row>
     <row r="1001">
       <c r="A1001" s="4">
-        <v>101096</v>
+        <v>100657</v>
       </c>
       <c r="B1001" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1001" s="4" t="s">
-        <v>2039</v>
+        <v>2041</v>
       </c>
       <c r="D1001" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1001" s="4" t="s">
-        <v>2040</v>
+        <v>2042</v>
       </c>
       <c r="F1001" s="4"/>
       <c r="G1001" s="4"/>
       <c r="H1001" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1001" s="4" t="s">
-        <v>14</v>
+        <v>38</v>
       </c>
     </row>
     <row r="1002">
       <c r="A1002" s="4">
-        <v>100749</v>
+        <v>100652</v>
       </c>
       <c r="B1002" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1002" s="4" t="s">
-        <v>2041</v>
+        <v>2043</v>
       </c>
       <c r="D1002" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1002" s="4" t="s">
-        <v>2042</v>
+        <v>2044</v>
       </c>
       <c r="F1002" s="4"/>
       <c r="G1002" s="4"/>
       <c r="H1002" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1002" s="4" t="s">
-        <v>38</v>
+        <v>82</v>
       </c>
     </row>
     <row r="1003">
       <c r="A1003" s="4">
-        <v>101268</v>
+        <v>100651</v>
       </c>
       <c r="B1003" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1003" s="4" t="s">
-        <v>2043</v>
+        <v>2045</v>
       </c>
       <c r="D1003" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1003" s="4" t="s">
-        <v>2044</v>
+        <v>2046</v>
       </c>
       <c r="F1003" s="4"/>
       <c r="G1003" s="4"/>
       <c r="H1003" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1003" s="4" t="s">
-        <v>1667</v>
+        <v>82</v>
       </c>
     </row>
     <row r="1004">
       <c r="A1004" s="4">
-        <v>100758</v>
+        <v>100655</v>
       </c>
       <c r="B1004" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1004" s="4" t="s">
-        <v>2045</v>
+        <v>2047</v>
       </c>
       <c r="D1004" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1004" s="4" t="s">
-        <v>2046</v>
+        <v>2048</v>
       </c>
       <c r="F1004" s="4"/>
       <c r="G1004" s="4"/>
       <c r="H1004" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1004" s="4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="1005">
       <c r="A1005" s="4">
-        <v>100760</v>
+        <v>100755</v>
       </c>
       <c r="B1005" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1005" s="4" t="s">
-        <v>2047</v>
+        <v>2049</v>
       </c>
       <c r="D1005" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1005" s="4" t="s">
-        <v>2048</v>
+        <v>2050</v>
       </c>
       <c r="F1005" s="4"/>
       <c r="G1005" s="4"/>
       <c r="H1005" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1005" s="4" t="s">
-        <v>2049</v>
+        <v>38</v>
       </c>
     </row>
     <row r="1006">
       <c r="A1006" s="4">
-        <v>100765</v>
+        <v>100757</v>
       </c>
       <c r="B1006" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1006" s="4" t="s">
-        <v>2050</v>
+        <v>2051</v>
       </c>
       <c r="D1006" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1006" s="4" t="s">
-        <v>2051</v>
+        <v>2052</v>
       </c>
       <c r="F1006" s="4"/>
       <c r="G1006" s="4"/>
       <c r="H1006" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1006" s="4" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
     </row>
     <row r="1007">
       <c r="A1007" s="4">
-        <v>100766</v>
+        <v>100756</v>
       </c>
       <c r="B1007" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1007" s="4" t="s">
-        <v>2052</v>
+        <v>2053</v>
       </c>
       <c r="D1007" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1007" s="4" t="s">
-        <v>2053</v>
+        <v>2054</v>
       </c>
       <c r="F1007" s="4"/>
       <c r="G1007" s="4"/>
       <c r="H1007" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1007" s="4" t="s">
-        <v>594</v>
+        <v>17</v>
       </c>
     </row>
     <row r="1008">
       <c r="A1008" s="4">
-        <v>100770</v>
+        <v>100759</v>
       </c>
       <c r="B1008" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1008" s="4" t="s">
-        <v>2054</v>
+        <v>2055</v>
       </c>
       <c r="D1008" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1008" s="4" t="s">
-        <v>2055</v>
+        <v>2056</v>
       </c>
       <c r="F1008" s="4"/>
       <c r="G1008" s="4"/>
       <c r="H1008" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1008" s="4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="1009">
       <c r="A1009" s="4">
-        <v>100768</v>
+        <v>100713</v>
       </c>
       <c r="B1009" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1009" s="4" t="s">
-        <v>2056</v>
+        <v>2057</v>
       </c>
       <c r="D1009" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1009" s="4" t="s">
-        <v>2057</v>
+        <v>2058</v>
       </c>
       <c r="F1009" s="4"/>
       <c r="G1009" s="4"/>
       <c r="H1009" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1009" s="4" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
     </row>
     <row r="1010">
       <c r="A1010" s="4">
-        <v>100769</v>
+        <v>101096</v>
       </c>
       <c r="B1010" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1010" s="4" t="s">
-        <v>2058</v>
+        <v>2059</v>
       </c>
       <c r="D1010" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1010" s="4" t="s">
-        <v>2059</v>
+        <v>2060</v>
       </c>
       <c r="F1010" s="4"/>
       <c r="G1010" s="4"/>
       <c r="H1010" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1010" s="4" t="s">
-        <v>38</v>
+        <v>14</v>
       </c>
     </row>
     <row r="1011">
       <c r="A1011" s="4">
-        <v>100767</v>
+        <v>100749</v>
       </c>
       <c r="B1011" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1011" s="4" t="s">
-        <v>2060</v>
+        <v>2061</v>
       </c>
       <c r="D1011" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1011" s="4" t="s">
-        <v>2061</v>
+        <v>2062</v>
       </c>
       <c r="F1011" s="4"/>
       <c r="G1011" s="4"/>
       <c r="H1011" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1011" s="4" t="s">
-        <v>594</v>
+        <v>38</v>
       </c>
     </row>
     <row r="1012">
       <c r="A1012" s="4">
-        <v>100750</v>
+        <v>101268</v>
       </c>
       <c r="B1012" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1012" s="4" t="s">
-        <v>2062</v>
+        <v>2063</v>
       </c>
       <c r="D1012" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1012" s="4" t="s">
-        <v>2063</v>
+        <v>2064</v>
       </c>
       <c r="F1012" s="4"/>
       <c r="G1012" s="4"/>
       <c r="H1012" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1012" s="4" t="s">
-        <v>38</v>
+        <v>1682</v>
       </c>
     </row>
     <row r="1013">
       <c r="A1013" s="4">
-        <v>100762</v>
+        <v>100758</v>
       </c>
       <c r="B1013" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1013" s="4" t="s">
-        <v>2064</v>
+        <v>2065</v>
       </c>
       <c r="D1013" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1013" s="4" t="s">
-        <v>2065</v>
+        <v>2066</v>
       </c>
       <c r="F1013" s="4"/>
       <c r="G1013" s="4"/>
       <c r="H1013" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1013" s="4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="1014">
       <c r="A1014" s="4">
-        <v>100763</v>
+        <v>100760</v>
       </c>
       <c r="B1014" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1014" s="4" t="s">
-        <v>2066</v>
+        <v>2067</v>
       </c>
       <c r="D1014" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1014" s="4" t="s">
-        <v>2067</v>
+        <v>2068</v>
       </c>
       <c r="F1014" s="4"/>
       <c r="G1014" s="4"/>
       <c r="H1014" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1014" s="4" t="s">
-        <v>38</v>
+        <v>2069</v>
       </c>
     </row>
     <row r="1015">
       <c r="A1015" s="4">
-        <v>100745</v>
+        <v>100765</v>
       </c>
       <c r="B1015" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1015" s="4" t="s">
-        <v>2068</v>
+        <v>2070</v>
       </c>
       <c r="D1015" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1015" s="4" t="s">
-        <v>2069</v>
+        <v>2071</v>
       </c>
       <c r="F1015" s="4"/>
       <c r="G1015" s="4"/>
       <c r="H1015" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1015" s="4" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
     </row>
     <row r="1016">
       <c r="A1016" s="4">
-        <v>100761</v>
+        <v>100766</v>
       </c>
       <c r="B1016" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1016" s="4" t="s">
-        <v>2070</v>
+        <v>2072</v>
       </c>
       <c r="D1016" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1016" s="4" t="s">
-        <v>2071</v>
+        <v>2073</v>
       </c>
       <c r="F1016" s="4"/>
       <c r="G1016" s="4"/>
       <c r="H1016" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1016" s="4" t="s">
-        <v>17</v>
+        <v>597</v>
       </c>
     </row>
     <row r="1017">
       <c r="A1017" s="4">
-        <v>100747</v>
+        <v>100770</v>
       </c>
       <c r="B1017" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1017" s="4" t="s">
-        <v>2072</v>
+        <v>2074</v>
       </c>
       <c r="D1017" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1017" s="4" t="s">
-        <v>2073</v>
+        <v>2075</v>
       </c>
       <c r="F1017" s="4"/>
       <c r="G1017" s="4"/>
       <c r="H1017" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1017" s="4" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
     </row>
     <row r="1018">
       <c r="A1018" s="4">
-        <v>100746</v>
+        <v>100768</v>
       </c>
       <c r="B1018" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1018" s="4" t="s">
-        <v>2074</v>
+        <v>2076</v>
       </c>
       <c r="D1018" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1018" s="4" t="s">
-        <v>2075</v>
+        <v>2077</v>
       </c>
       <c r="F1018" s="4"/>
       <c r="G1018" s="4"/>
       <c r="H1018" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1018" s="4" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
     </row>
     <row r="1019">
       <c r="A1019" s="4">
-        <v>100748</v>
+        <v>100769</v>
       </c>
       <c r="B1019" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1019" s="4" t="s">
-        <v>2076</v>
+        <v>2078</v>
       </c>
       <c r="D1019" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1019" s="4" t="s">
-        <v>2077</v>
+        <v>2079</v>
       </c>
       <c r="F1019" s="4"/>
       <c r="G1019" s="4"/>
       <c r="H1019" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1019" s="4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="1020">
       <c r="A1020" s="4">
-        <v>100764</v>
+        <v>100767</v>
       </c>
       <c r="B1020" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1020" s="4" t="s">
-        <v>2078</v>
+        <v>2080</v>
       </c>
       <c r="D1020" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1020" s="4" t="s">
-        <v>2079</v>
+        <v>2081</v>
       </c>
       <c r="F1020" s="4"/>
       <c r="G1020" s="4"/>
       <c r="H1020" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1020" s="4" t="s">
-        <v>38</v>
+        <v>597</v>
       </c>
     </row>
     <row r="1021">
       <c r="A1021" s="4">
-        <v>101100</v>
+        <v>100750</v>
       </c>
       <c r="B1021" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1021" s="4" t="s">
-        <v>2080</v>
+        <v>2082</v>
       </c>
       <c r="D1021" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1021" s="4" t="s">
-        <v>2081</v>
+        <v>2083</v>
       </c>
       <c r="F1021" s="4"/>
       <c r="G1021" s="4"/>
       <c r="H1021" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1021" s="4" t="s">
-        <v>14</v>
+        <v>38</v>
       </c>
     </row>
     <row r="1022">
       <c r="A1022" s="4">
-        <v>100734</v>
+        <v>100762</v>
       </c>
       <c r="B1022" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1022" s="4" t="s">
-        <v>2082</v>
+        <v>2084</v>
       </c>
       <c r="D1022" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1022" s="4" t="s">
-        <v>2083</v>
+        <v>2085</v>
       </c>
       <c r="F1022" s="4"/>
       <c r="G1022" s="4"/>
       <c r="H1022" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1022" s="4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="1023">
       <c r="A1023" s="4">
-        <v>100733</v>
+        <v>100763</v>
       </c>
       <c r="B1023" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1023" s="4" t="s">
-        <v>2084</v>
+        <v>2086</v>
       </c>
       <c r="D1023" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1023" s="4" t="s">
-        <v>2085</v>
+        <v>2087</v>
       </c>
       <c r="F1023" s="4"/>
       <c r="G1023" s="4"/>
       <c r="H1023" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1023" s="4" t="s">
-        <v>158</v>
+        <v>38</v>
       </c>
     </row>
     <row r="1024">
       <c r="A1024" s="4">
-        <v>100739</v>
+        <v>100745</v>
       </c>
       <c r="B1024" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1024" s="4" t="s">
-        <v>2086</v>
+        <v>2088</v>
       </c>
       <c r="D1024" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1024" s="4" t="s">
-        <v>2087</v>
+        <v>2089</v>
       </c>
       <c r="F1024" s="4"/>
       <c r="G1024" s="4"/>
       <c r="H1024" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1024" s="4" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
     </row>
     <row r="1025">
       <c r="A1025" s="4">
-        <v>100736</v>
+        <v>100761</v>
       </c>
       <c r="B1025" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1025" s="4" t="s">
-        <v>2088</v>
+        <v>2090</v>
       </c>
       <c r="D1025" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1025" s="4" t="s">
-        <v>2089</v>
+        <v>2091</v>
       </c>
       <c r="F1025" s="4"/>
       <c r="G1025" s="4"/>
       <c r="H1025" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1025" s="4" t="s">
-        <v>158</v>
+        <v>17</v>
       </c>
     </row>
     <row r="1026">
       <c r="A1026" s="4">
-        <v>100738</v>
+        <v>100747</v>
       </c>
       <c r="B1026" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1026" s="4" t="s">
-        <v>2090</v>
+        <v>2092</v>
       </c>
       <c r="D1026" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1026" s="4" t="s">
-        <v>2091</v>
+        <v>2093</v>
       </c>
       <c r="F1026" s="4"/>
       <c r="G1026" s="4"/>
       <c r="H1026" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1026" s="4" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
     </row>
     <row r="1027">
       <c r="A1027" s="4">
-        <v>100737</v>
+        <v>100746</v>
       </c>
       <c r="B1027" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1027" s="4" t="s">
-        <v>2092</v>
+        <v>2094</v>
       </c>
       <c r="D1027" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1027" s="4" t="s">
-        <v>2093</v>
+        <v>2095</v>
       </c>
       <c r="F1027" s="4"/>
       <c r="G1027" s="4"/>
       <c r="H1027" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1027" s="4" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
     </row>
     <row r="1028">
       <c r="A1028" s="4">
-        <v>100066</v>
+        <v>100748</v>
       </c>
       <c r="B1028" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1028" s="4" t="s">
-        <v>2094</v>
+        <v>2096</v>
       </c>
       <c r="D1028" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1028" s="4" t="s">
-        <v>2095</v>
+        <v>2097</v>
       </c>
       <c r="F1028" s="4"/>
       <c r="G1028" s="4"/>
       <c r="H1028" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1028" s="4" t="s">
-        <v>82</v>
+        <v>38</v>
       </c>
     </row>
     <row r="1029">
       <c r="A1029" s="4">
-        <v>100753</v>
+        <v>100764</v>
       </c>
       <c r="B1029" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1029" s="4" t="s">
-        <v>2096</v>
+        <v>2098</v>
       </c>
       <c r="D1029" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1029" s="4" t="s">
-        <v>2097</v>
+        <v>2099</v>
       </c>
       <c r="F1029" s="4"/>
       <c r="G1029" s="4"/>
       <c r="H1029" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1029" s="4" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
     </row>
     <row r="1030">
       <c r="A1030" s="4">
-        <v>100711</v>
+        <v>101100</v>
       </c>
       <c r="B1030" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1030" s="4" t="s">
-        <v>2098</v>
+        <v>2100</v>
       </c>
       <c r="D1030" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1030" s="4" t="s">
-        <v>2099</v>
+        <v>2101</v>
       </c>
       <c r="F1030" s="4"/>
       <c r="G1030" s="4"/>
       <c r="H1030" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1030" s="4" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
     </row>
     <row r="1031">
       <c r="A1031" s="4">
-        <v>100742</v>
+        <v>100734</v>
       </c>
       <c r="B1031" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1031" s="4" t="s">
-        <v>2100</v>
+        <v>2102</v>
       </c>
       <c r="D1031" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1031" s="4" t="s">
-        <v>2101</v>
+        <v>2103</v>
       </c>
       <c r="F1031" s="4"/>
       <c r="G1031" s="4"/>
       <c r="H1031" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1031" s="4" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
     </row>
     <row r="1032">
       <c r="A1032" s="4">
-        <v>100006</v>
+        <v>100733</v>
       </c>
       <c r="B1032" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1032" s="4" t="s">
-        <v>2102</v>
+        <v>2104</v>
       </c>
       <c r="D1032" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1032" s="4" t="s">
-        <v>698</v>
+        <v>2105</v>
       </c>
       <c r="F1032" s="4"/>
       <c r="G1032" s="4"/>
       <c r="H1032" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1032" s="4" t="s">
-        <v>17</v>
+        <v>158</v>
       </c>
     </row>
     <row r="1033">
       <c r="A1033" s="4">
-        <v>101149</v>
+        <v>100739</v>
       </c>
       <c r="B1033" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1033" s="4" t="s">
-        <v>2103</v>
+        <v>2106</v>
       </c>
       <c r="D1033" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1033" s="4" t="s">
-        <v>2104</v>
+        <v>2107</v>
       </c>
       <c r="F1033" s="4"/>
       <c r="G1033" s="4"/>
       <c r="H1033" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1033" s="4" t="s">
-        <v>2105</v>
+        <v>38</v>
       </c>
     </row>
     <row r="1034">
       <c r="A1034" s="4">
-        <v>100731</v>
+        <v>100736</v>
       </c>
       <c r="B1034" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1034" s="4" t="s">
-        <v>2106</v>
+        <v>2108</v>
       </c>
       <c r="D1034" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1034" s="4" t="s">
-        <v>2107</v>
+        <v>2109</v>
       </c>
       <c r="F1034" s="4"/>
       <c r="G1034" s="4"/>
       <c r="H1034" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1034" s="4" t="s">
-        <v>38</v>
+        <v>158</v>
       </c>
     </row>
     <row r="1035">
       <c r="A1035" s="4">
-        <v>100730</v>
+        <v>100738</v>
       </c>
       <c r="B1035" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1035" s="4" t="s">
-        <v>2108</v>
+        <v>2110</v>
       </c>
       <c r="D1035" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1035" s="4" t="s">
-        <v>2109</v>
+        <v>2111</v>
       </c>
       <c r="F1035" s="4"/>
       <c r="G1035" s="4"/>
       <c r="H1035" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1035" s="4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="1036">
       <c r="A1036" s="4">
-        <v>100729</v>
+        <v>100737</v>
       </c>
       <c r="B1036" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1036" s="4" t="s">
-        <v>2110</v>
+        <v>2112</v>
       </c>
       <c r="D1036" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1036" s="4" t="s">
-        <v>2111</v>
+        <v>2113</v>
       </c>
       <c r="F1036" s="4"/>
       <c r="G1036" s="4"/>
       <c r="H1036" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1036" s="4" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
     </row>
     <row r="1037">
       <c r="A1037" s="4">
-        <v>100732</v>
+        <v>100066</v>
       </c>
       <c r="B1037" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1037" s="4" t="s">
-        <v>2112</v>
+        <v>2114</v>
       </c>
       <c r="D1037" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1037" s="4" t="s">
-        <v>2113</v>
+        <v>2115</v>
       </c>
       <c r="F1037" s="4"/>
       <c r="G1037" s="4"/>
       <c r="H1037" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1037" s="4" t="s">
-        <v>17</v>
+        <v>82</v>
       </c>
     </row>
     <row r="1038">
       <c r="A1038" s="4">
-        <v>100743</v>
+        <v>100753</v>
       </c>
       <c r="B1038" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1038" s="4" t="s">
-        <v>2114</v>
+        <v>2116</v>
       </c>
       <c r="D1038" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1038" s="4" t="s">
-        <v>2115</v>
+        <v>2117</v>
       </c>
       <c r="F1038" s="4"/>
       <c r="G1038" s="4"/>
       <c r="H1038" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1038" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="1039">
       <c r="A1039" s="4">
-        <v>100726</v>
+        <v>100711</v>
       </c>
       <c r="B1039" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1039" s="4" t="s">
-        <v>2116</v>
+        <v>2118</v>
       </c>
       <c r="D1039" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1039" s="4" t="s">
-        <v>2117</v>
+        <v>2119</v>
       </c>
       <c r="F1039" s="4"/>
       <c r="G1039" s="4"/>
       <c r="H1039" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1039" s="4" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
     </row>
     <row r="1040">
       <c r="A1040" s="4">
-        <v>100728</v>
+        <v>100742</v>
       </c>
       <c r="B1040" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1040" s="4" t="s">
-        <v>2118</v>
+        <v>2120</v>
       </c>
       <c r="D1040" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1040" s="4" t="s">
-        <v>2119</v>
+        <v>2121</v>
       </c>
       <c r="F1040" s="4"/>
       <c r="G1040" s="4"/>
       <c r="H1040" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1040" s="4" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
     </row>
     <row r="1041">
       <c r="A1041" s="4">
-        <v>100744</v>
+        <v>100006</v>
       </c>
       <c r="B1041" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1041" s="4" t="s">
-        <v>2120</v>
+        <v>2122</v>
       </c>
       <c r="D1041" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1041" s="4" t="s">
-        <v>2121</v>
+        <v>701</v>
       </c>
       <c r="F1041" s="4"/>
       <c r="G1041" s="4"/>
       <c r="H1041" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1041" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="1042">
       <c r="A1042" s="4">
-        <v>100725</v>
+        <v>101149</v>
       </c>
       <c r="B1042" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1042" s="4" t="s">
-        <v>2122</v>
+        <v>2123</v>
       </c>
       <c r="D1042" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1042" s="4" t="s">
-        <v>2123</v>
+        <v>2124</v>
       </c>
       <c r="F1042" s="4"/>
       <c r="G1042" s="4"/>
       <c r="H1042" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1042" s="4" t="s">
-        <v>38</v>
+        <v>2125</v>
       </c>
     </row>
     <row r="1043">
       <c r="A1043" s="4">
-        <v>100724</v>
+        <v>100731</v>
       </c>
       <c r="B1043" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1043" s="4" t="s">
-        <v>2124</v>
+        <v>2126</v>
       </c>
       <c r="D1043" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1043" s="4" t="s">
-        <v>2125</v>
+        <v>2127</v>
       </c>
       <c r="F1043" s="4"/>
       <c r="G1043" s="4"/>
       <c r="H1043" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1043" s="4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="1044">
       <c r="A1044" s="4">
-        <v>100723</v>
+        <v>100730</v>
       </c>
       <c r="B1044" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1044" s="4" t="s">
-        <v>2126</v>
+        <v>2128</v>
       </c>
       <c r="D1044" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1044" s="4" t="s">
-        <v>2127</v>
+        <v>2129</v>
       </c>
       <c r="F1044" s="4"/>
       <c r="G1044" s="4"/>
       <c r="H1044" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1044" s="4" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
     </row>
     <row r="1045">
       <c r="A1045" s="4">
-        <v>100177</v>
+        <v>100729</v>
       </c>
       <c r="B1045" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1045" s="4" t="s">
-        <v>2128</v>
+        <v>2130</v>
       </c>
       <c r="D1045" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1045" s="4" t="s">
-        <v>2129</v>
+        <v>2131</v>
       </c>
       <c r="F1045" s="4"/>
       <c r="G1045" s="4"/>
       <c r="H1045" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1045" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="1046">
       <c r="A1046" s="4">
-        <v>100065</v>
+        <v>100732</v>
       </c>
       <c r="B1046" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1046" s="4" t="s">
-        <v>2130</v>
+        <v>2132</v>
       </c>
       <c r="D1046" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1046" s="4" t="s">
-        <v>2131</v>
+        <v>2133</v>
       </c>
       <c r="F1046" s="4"/>
       <c r="G1046" s="4"/>
       <c r="H1046" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1046" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="1047">
       <c r="A1047" s="4">
-        <v>100599</v>
+        <v>100743</v>
       </c>
       <c r="B1047" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1047" s="4" t="s">
-        <v>2132</v>
+        <v>2134</v>
       </c>
       <c r="D1047" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1047" s="4" t="s">
-        <v>2133</v>
+        <v>2135</v>
       </c>
       <c r="F1047" s="4"/>
       <c r="G1047" s="4"/>
       <c r="H1047" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1047" s="4" t="s">
-        <v>640</v>
+        <v>17</v>
       </c>
     </row>
     <row r="1048">
       <c r="A1048" s="4">
-        <v>100598</v>
+        <v>100726</v>
       </c>
       <c r="B1048" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1048" s="4" t="s">
-        <v>2134</v>
+        <v>2136</v>
       </c>
       <c r="D1048" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1048" s="4" t="s">
-        <v>2135</v>
+        <v>2137</v>
       </c>
       <c r="F1048" s="4"/>
       <c r="G1048" s="4"/>
       <c r="H1048" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1048" s="4" t="s">
-        <v>640</v>
+        <v>38</v>
       </c>
     </row>
     <row r="1049">
       <c r="A1049" s="4">
-        <v>100064</v>
+        <v>100728</v>
       </c>
       <c r="B1049" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1049" s="4" t="s">
-        <v>2136</v>
+        <v>2138</v>
       </c>
       <c r="D1049" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1049" s="4" t="s">
-        <v>2137</v>
+        <v>2139</v>
       </c>
       <c r="F1049" s="4"/>
       <c r="G1049" s="4"/>
       <c r="H1049" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1049" s="4" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
     </row>
     <row r="1050">
       <c r="A1050" s="4">
-        <v>100603</v>
+        <v>100744</v>
       </c>
       <c r="B1050" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1050" s="4" t="s">
-        <v>2138</v>
+        <v>2140</v>
       </c>
       <c r="D1050" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1050" s="4" t="s">
-        <v>2139</v>
+        <v>2141</v>
       </c>
       <c r="F1050" s="4"/>
       <c r="G1050" s="4"/>
       <c r="H1050" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1050" s="4" t="s">
-        <v>839</v>
+        <v>17</v>
       </c>
     </row>
     <row r="1051">
       <c r="A1051" s="4">
-        <v>101057</v>
+        <v>100725</v>
       </c>
       <c r="B1051" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1051" s="4" t="s">
-        <v>2140</v>
+        <v>2142</v>
       </c>
       <c r="D1051" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1051" s="4" t="s">
-        <v>2141</v>
+        <v>2143</v>
       </c>
       <c r="F1051" s="4"/>
       <c r="G1051" s="4"/>
       <c r="H1051" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1051" s="4" t="s">
-        <v>14</v>
+        <v>38</v>
       </c>
     </row>
     <row r="1052">
       <c r="A1052" s="4">
-        <v>100611</v>
+        <v>100724</v>
       </c>
       <c r="B1052" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1052" s="4" t="s">
-        <v>2142</v>
+        <v>2144</v>
       </c>
       <c r="D1052" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1052" s="4" t="s">
-        <v>2143</v>
+        <v>2145</v>
       </c>
       <c r="F1052" s="4"/>
       <c r="G1052" s="4"/>
       <c r="H1052" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1052" s="4" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
     </row>
     <row r="1053">
       <c r="A1053" s="4">
-        <v>101146</v>
+        <v>100723</v>
       </c>
       <c r="B1053" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1053" s="4" t="s">
-        <v>2144</v>
+        <v>2146</v>
       </c>
       <c r="D1053" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1053" s="4" t="s">
-        <v>2145</v>
+        <v>2147</v>
       </c>
       <c r="F1053" s="4"/>
       <c r="G1053" s="4"/>
       <c r="H1053" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1053" s="4" t="s">
-        <v>2146</v>
+        <v>17</v>
       </c>
     </row>
     <row r="1054">
       <c r="A1054" s="4">
-        <v>100741</v>
+        <v>100177</v>
       </c>
       <c r="B1054" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1054" s="4" t="s">
-        <v>2147</v>
+        <v>2148</v>
       </c>
       <c r="D1054" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1054" s="4" t="s">
-        <v>2148</v>
+        <v>2149</v>
       </c>
       <c r="F1054" s="4"/>
       <c r="G1054" s="4"/>
       <c r="H1054" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1054" s="4" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
     </row>
     <row r="1055">
       <c r="A1055" s="4">
-        <v>100612</v>
+        <v>100065</v>
       </c>
       <c r="B1055" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1055" s="4" t="s">
-        <v>2149</v>
+        <v>2150</v>
       </c>
       <c r="D1055" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1055" s="4" t="s">
-        <v>2150</v>
+        <v>2151</v>
       </c>
       <c r="F1055" s="4"/>
       <c r="G1055" s="4"/>
       <c r="H1055" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1055" s="4" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
     </row>
     <row r="1056">
       <c r="A1056" s="4">
-        <v>100604</v>
+        <v>100599</v>
       </c>
       <c r="B1056" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1056" s="4" t="s">
-        <v>2151</v>
+        <v>2152</v>
       </c>
       <c r="D1056" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1056" s="4" t="s">
-        <v>2152</v>
+        <v>2153</v>
       </c>
       <c r="F1056" s="4"/>
       <c r="G1056" s="4"/>
       <c r="H1056" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1056" s="4" t="s">
-        <v>17</v>
+        <v>643</v>
       </c>
     </row>
     <row r="1057">
       <c r="A1057" s="4">
-        <v>100602</v>
+        <v>100598</v>
       </c>
       <c r="B1057" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1057" s="4" t="s">
-        <v>2153</v>
+        <v>2154</v>
       </c>
       <c r="D1057" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1057" s="4" t="s">
-        <v>2154</v>
+        <v>2155</v>
       </c>
       <c r="F1057" s="4"/>
       <c r="G1057" s="4"/>
       <c r="H1057" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1057" s="4" t="s">
-        <v>640</v>
+        <v>643</v>
       </c>
     </row>
     <row r="1058">
       <c r="A1058" s="4">
-        <v>100740</v>
+        <v>100064</v>
       </c>
       <c r="B1058" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1058" s="4" t="s">
-        <v>2155</v>
+        <v>2156</v>
       </c>
       <c r="D1058" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1058" s="4" t="s">
-        <v>2156</v>
+        <v>2157</v>
       </c>
       <c r="F1058" s="4"/>
       <c r="G1058" s="4"/>
       <c r="H1058" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1058" s="4" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
     </row>
     <row r="1059">
       <c r="A1059" s="4">
-        <v>100735</v>
+        <v>100603</v>
       </c>
       <c r="B1059" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1059" s="4" t="s">
-        <v>2157</v>
+        <v>2158</v>
       </c>
       <c r="D1059" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1059" s="4" t="s">
-        <v>2158</v>
+        <v>2159</v>
       </c>
       <c r="F1059" s="4"/>
       <c r="G1059" s="4"/>
       <c r="H1059" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1059" s="4" t="s">
-        <v>38</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1060">
       <c r="A1060" s="4">
-        <v>100600</v>
+        <v>101057</v>
       </c>
       <c r="B1060" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1060" s="4" t="s">
-        <v>2159</v>
+        <v>2160</v>
       </c>
       <c r="D1060" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1060" s="4" t="s">
-        <v>2160</v>
+        <v>2161</v>
       </c>
       <c r="F1060" s="4"/>
       <c r="G1060" s="4"/>
       <c r="H1060" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1060" s="4" t="s">
-        <v>839</v>
+        <v>14</v>
       </c>
     </row>
     <row r="1061">
       <c r="A1061" s="4">
-        <v>101040</v>
+        <v>100611</v>
       </c>
       <c r="B1061" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1061" s="4" t="s">
-        <v>2161</v>
+        <v>2162</v>
       </c>
       <c r="D1061" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1061" s="4" t="s">
-        <v>2162</v>
+        <v>2163</v>
       </c>
       <c r="F1061" s="4"/>
       <c r="G1061" s="4"/>
       <c r="H1061" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1061" s="4" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
     </row>
     <row r="1062">
       <c r="A1062" s="4">
-        <v>101112</v>
+        <v>101146</v>
       </c>
       <c r="B1062" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1062" s="4" t="s">
-        <v>2163</v>
+        <v>2164</v>
       </c>
       <c r="D1062" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1062" s="4" t="s">
-        <v>2164</v>
+        <v>2165</v>
       </c>
       <c r="F1062" s="4"/>
       <c r="G1062" s="4"/>
       <c r="H1062" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1062" s="4" t="s">
-        <v>14</v>
+        <v>2166</v>
       </c>
     </row>
     <row r="1063">
       <c r="A1063" s="4">
-        <v>101114</v>
+        <v>100741</v>
       </c>
       <c r="B1063" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1063" s="4" t="s">
-        <v>2165</v>
+        <v>2167</v>
       </c>
       <c r="D1063" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1063" s="4" t="s">
-        <v>2166</v>
+        <v>2168</v>
       </c>
       <c r="F1063" s="4"/>
       <c r="G1063" s="4"/>
       <c r="H1063" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1063" s="4" t="s">
-        <v>14</v>
+        <v>38</v>
       </c>
     </row>
     <row r="1064">
       <c r="A1064" s="4">
-        <v>101099</v>
+        <v>100612</v>
       </c>
       <c r="B1064" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1064" s="4" t="s">
-        <v>2167</v>
+        <v>2169</v>
       </c>
       <c r="D1064" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1064" s="4" t="s">
-        <v>2168</v>
+        <v>2170</v>
       </c>
       <c r="F1064" s="4"/>
       <c r="G1064" s="4"/>
       <c r="H1064" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1064" s="4" t="s">
-        <v>14</v>
+        <v>38</v>
       </c>
     </row>
     <row r="1065">
       <c r="A1065" s="4">
-        <v>100751</v>
+        <v>100604</v>
       </c>
       <c r="B1065" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1065" s="4" t="s">
-        <v>2169</v>
+        <v>2171</v>
       </c>
       <c r="D1065" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1065" s="4" t="s">
-        <v>2170</v>
+        <v>2172</v>
       </c>
       <c r="F1065" s="4"/>
       <c r="G1065" s="4"/>
       <c r="H1065" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1065" s="4" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
     </row>
     <row r="1066">
       <c r="A1066" s="4">
-        <v>100712</v>
+        <v>100602</v>
       </c>
       <c r="B1066" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1066" s="4" t="s">
-        <v>2171</v>
+        <v>2173</v>
       </c>
       <c r="D1066" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1066" s="4" t="s">
-        <v>2172</v>
+        <v>2174</v>
       </c>
       <c r="F1066" s="4"/>
       <c r="G1066" s="4"/>
       <c r="H1066" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1066" s="4" t="s">
-        <v>82</v>
+        <v>643</v>
       </c>
     </row>
     <row r="1067">
       <c r="A1067" s="4">
-        <v>100754</v>
+        <v>100740</v>
       </c>
       <c r="B1067" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1067" s="4" t="s">
-        <v>2173</v>
+        <v>2175</v>
       </c>
       <c r="D1067" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1067" s="4" t="s">
-        <v>2174</v>
+        <v>2176</v>
       </c>
       <c r="F1067" s="4"/>
       <c r="G1067" s="4"/>
       <c r="H1067" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1067" s="4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="1068">
       <c r="A1068" s="4">
-        <v>100727</v>
+        <v>100735</v>
       </c>
       <c r="B1068" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1068" s="4" t="s">
-        <v>2175</v>
+        <v>2177</v>
       </c>
       <c r="D1068" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1068" s="4" t="s">
-        <v>2176</v>
+        <v>2178</v>
       </c>
       <c r="F1068" s="4"/>
       <c r="G1068" s="4"/>
       <c r="H1068" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1068" s="4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="1069">
       <c r="A1069" s="4">
-        <v>101101</v>
+        <v>100600</v>
       </c>
       <c r="B1069" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1069" s="4" t="s">
-        <v>2177</v>
+        <v>2179</v>
       </c>
       <c r="D1069" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1069" s="4" t="s">
-        <v>2178</v>
+        <v>2180</v>
       </c>
       <c r="F1069" s="4"/>
       <c r="G1069" s="4"/>
       <c r="H1069" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1069" s="4" t="s">
-        <v>14</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1070">
       <c r="A1070" s="4">
-        <v>100752</v>
+        <v>101040</v>
       </c>
       <c r="B1070" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1070" s="4" t="s">
-        <v>2179</v>
+        <v>2181</v>
       </c>
       <c r="D1070" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1070" s="4" t="s">
-        <v>2180</v>
+        <v>2182</v>
       </c>
       <c r="F1070" s="4"/>
       <c r="G1070" s="4"/>
       <c r="H1070" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1070" s="4" t="s">
-        <v>38</v>
+        <v>14</v>
       </c>
     </row>
     <row r="1071">
       <c r="A1071" s="4">
-        <v>100032</v>
+        <v>101112</v>
       </c>
       <c r="B1071" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1071" s="4" t="s">
-        <v>2181</v>
+        <v>2183</v>
       </c>
       <c r="D1071" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1071" s="4" t="s">
-        <v>2182</v>
+        <v>2184</v>
       </c>
       <c r="F1071" s="4"/>
       <c r="G1071" s="4"/>
       <c r="H1071" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1071" s="4" t="s">
-        <v>839</v>
+        <v>14</v>
       </c>
     </row>
     <row r="1072">
       <c r="A1072" s="4">
-        <v>100477</v>
+        <v>101114</v>
       </c>
       <c r="B1072" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1072" s="4" t="s">
-        <v>2183</v>
+        <v>2185</v>
       </c>
       <c r="D1072" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1072" s="4" t="s">
-        <v>2184</v>
+        <v>2186</v>
       </c>
       <c r="F1072" s="4"/>
       <c r="G1072" s="4"/>
       <c r="H1072" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1072" s="4" t="s">
-        <v>839</v>
+        <v>14</v>
       </c>
     </row>
     <row r="1073">
       <c r="A1073" s="4">
-        <v>100476</v>
+        <v>101099</v>
       </c>
       <c r="B1073" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1073" s="4" t="s">
-        <v>2185</v>
+        <v>2187</v>
       </c>
       <c r="D1073" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1073" s="4" t="s">
-        <v>2186</v>
+        <v>2188</v>
       </c>
       <c r="F1073" s="4"/>
       <c r="G1073" s="4"/>
       <c r="H1073" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1073" s="4" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
     </row>
     <row r="1074">
       <c r="A1074" s="4">
-        <v>100486</v>
+        <v>100751</v>
       </c>
       <c r="B1074" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1074" s="4" t="s">
-        <v>2187</v>
+        <v>2189</v>
       </c>
       <c r="D1074" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1074" s="4" t="s">
-        <v>2188</v>
+        <v>2190</v>
       </c>
       <c r="F1074" s="4"/>
       <c r="G1074" s="4"/>
       <c r="H1074" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1074" s="4" t="s">
-        <v>839</v>
+        <v>38</v>
       </c>
     </row>
     <row r="1075">
       <c r="A1075" s="4">
-        <v>100143</v>
+        <v>100712</v>
       </c>
       <c r="B1075" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1075" s="4" t="s">
-        <v>2189</v>
+        <v>2191</v>
       </c>
       <c r="D1075" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1075" s="4" t="s">
-        <v>2190</v>
+        <v>2192</v>
       </c>
       <c r="F1075" s="4"/>
       <c r="G1075" s="4"/>
       <c r="H1075" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1075" s="4" t="s">
-        <v>27</v>
+        <v>82</v>
       </c>
     </row>
     <row r="1076">
       <c r="A1076" s="4">
-        <v>100193</v>
+        <v>100754</v>
       </c>
       <c r="B1076" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1076" s="4" t="s">
-        <v>2191</v>
+        <v>2193</v>
       </c>
       <c r="D1076" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1076" s="4" t="s">
-        <v>2192</v>
+        <v>2194</v>
       </c>
       <c r="F1076" s="4"/>
       <c r="G1076" s="4"/>
       <c r="H1076" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1076" s="4" t="s">
-        <v>382</v>
+        <v>38</v>
       </c>
     </row>
     <row r="1077">
       <c r="A1077" s="4">
-        <v>100484</v>
+        <v>100727</v>
       </c>
       <c r="B1077" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1077" s="4" t="s">
-        <v>2193</v>
+        <v>2195</v>
       </c>
       <c r="D1077" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1077" s="4" t="s">
-        <v>2194</v>
+        <v>2196</v>
       </c>
       <c r="F1077" s="4"/>
       <c r="G1077" s="4"/>
       <c r="H1077" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1077" s="4" t="s">
-        <v>839</v>
+        <v>38</v>
       </c>
     </row>
     <row r="1078">
       <c r="A1078" s="4">
-        <v>100493</v>
+        <v>101101</v>
       </c>
       <c r="B1078" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1078" s="4" t="s">
-        <v>2195</v>
+        <v>2197</v>
       </c>
       <c r="D1078" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1078" s="4" t="s">
-        <v>2196</v>
+        <v>2198</v>
       </c>
       <c r="F1078" s="4"/>
       <c r="G1078" s="4"/>
       <c r="H1078" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1078" s="4" t="s">
-        <v>839</v>
+        <v>14</v>
       </c>
     </row>
     <row r="1079">
       <c r="A1079" s="4">
-        <v>100489</v>
+        <v>100752</v>
       </c>
       <c r="B1079" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1079" s="4" t="s">
-        <v>2197</v>
+        <v>2199</v>
       </c>
       <c r="D1079" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1079" s="4" t="s">
-        <v>2198</v>
+        <v>2200</v>
       </c>
       <c r="F1079" s="4"/>
       <c r="G1079" s="4"/>
       <c r="H1079" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1079" s="4" t="s">
-        <v>839</v>
+        <v>38</v>
       </c>
     </row>
     <row r="1080">
       <c r="A1080" s="4">
-        <v>100016</v>
+        <v>100032</v>
       </c>
       <c r="B1080" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1080" s="4" t="s">
-        <v>2199</v>
+        <v>2201</v>
       </c>
       <c r="D1080" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1080" s="4" t="s">
-        <v>2200</v>
+        <v>2202</v>
       </c>
       <c r="F1080" s="4"/>
       <c r="G1080" s="4"/>
       <c r="H1080" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1080" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1081">
       <c r="A1081" s="4">
-        <v>100163</v>
+        <v>100477</v>
       </c>
       <c r="B1081" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1081" s="4" t="s">
-        <v>2201</v>
+        <v>2203</v>
       </c>
       <c r="D1081" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1081" s="4" t="s">
-        <v>2202</v>
+        <v>2204</v>
       </c>
       <c r="F1081" s="4"/>
       <c r="G1081" s="4"/>
       <c r="H1081" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1081" s="4" t="s">
-        <v>382</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1082">
       <c r="A1082" s="4">
-        <v>100482</v>
+        <v>100476</v>
       </c>
       <c r="B1082" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1082" s="4" t="s">
-        <v>2203</v>
+        <v>2205</v>
       </c>
       <c r="D1082" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1082" s="4" t="s">
-        <v>2204</v>
+        <v>2206</v>
       </c>
       <c r="F1082" s="4"/>
       <c r="G1082" s="4"/>
       <c r="H1082" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1082" s="4" t="s">
-        <v>839</v>
+        <v>17</v>
       </c>
     </row>
     <row r="1083">
       <c r="A1083" s="4">
-        <v>100481</v>
+        <v>100486</v>
       </c>
       <c r="B1083" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1083" s="4" t="s">
-        <v>2205</v>
+        <v>2207</v>
       </c>
       <c r="D1083" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1083" s="4" t="s">
-        <v>2206</v>
+        <v>2208</v>
       </c>
       <c r="F1083" s="4"/>
       <c r="G1083" s="4"/>
       <c r="H1083" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1083" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1084">
       <c r="A1084" s="4">
-        <v>100483</v>
+        <v>100143</v>
       </c>
       <c r="B1084" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1084" s="4" t="s">
-        <v>2207</v>
+        <v>2209</v>
       </c>
       <c r="D1084" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1084" s="4" t="s">
-        <v>2208</v>
+        <v>2210</v>
       </c>
       <c r="F1084" s="4"/>
       <c r="G1084" s="4"/>
       <c r="H1084" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1084" s="4" t="s">
-        <v>839</v>
+        <v>27</v>
       </c>
     </row>
     <row r="1085">
       <c r="A1085" s="4">
-        <v>100494</v>
+        <v>100193</v>
       </c>
       <c r="B1085" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1085" s="4" t="s">
-        <v>2209</v>
+        <v>2211</v>
       </c>
       <c r="D1085" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1085" s="4" t="s">
-        <v>2210</v>
+        <v>2212</v>
       </c>
       <c r="F1085" s="4"/>
       <c r="G1085" s="4"/>
       <c r="H1085" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1085" s="4" t="s">
-        <v>839</v>
+        <v>382</v>
       </c>
     </row>
     <row r="1086">
       <c r="A1086" s="4">
-        <v>100031</v>
+        <v>100484</v>
       </c>
       <c r="B1086" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1086" s="4" t="s">
-        <v>2211</v>
+        <v>2213</v>
       </c>
       <c r="D1086" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1086" s="4" t="s">
-        <v>2212</v>
+        <v>2214</v>
       </c>
       <c r="F1086" s="4"/>
       <c r="G1086" s="4"/>
       <c r="H1086" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1086" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1087">
       <c r="A1087" s="4">
-        <v>100487</v>
+        <v>100493</v>
       </c>
       <c r="B1087" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1087" s="4" t="s">
-        <v>2213</v>
+        <v>2215</v>
       </c>
       <c r="D1087" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1087" s="4" t="s">
-        <v>2214</v>
+        <v>2216</v>
       </c>
       <c r="F1087" s="4"/>
       <c r="G1087" s="4"/>
       <c r="H1087" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1087" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1088">
       <c r="A1088" s="4">
-        <v>100488</v>
+        <v>100489</v>
       </c>
       <c r="B1088" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1088" s="4" t="s">
-        <v>2215</v>
+        <v>2217</v>
       </c>
       <c r="D1088" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1088" s="4" t="s">
-        <v>2216</v>
+        <v>2218</v>
       </c>
       <c r="F1088" s="4"/>
       <c r="G1088" s="4"/>
       <c r="H1088" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1088" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1089">
       <c r="A1089" s="4">
-        <v>100107</v>
+        <v>100016</v>
       </c>
       <c r="B1089" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1089" s="4" t="s">
-        <v>2217</v>
+        <v>2219</v>
       </c>
       <c r="D1089" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1089" s="4" t="s">
-        <v>2218</v>
+        <v>2220</v>
       </c>
       <c r="F1089" s="4"/>
       <c r="G1089" s="4"/>
       <c r="H1089" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1089" s="4" t="s">
-        <v>27</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1090">
       <c r="A1090" s="4">
-        <v>100164</v>
+        <v>100163</v>
       </c>
       <c r="B1090" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1090" s="4" t="s">
-        <v>2219</v>
+        <v>2221</v>
       </c>
       <c r="D1090" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1090" s="4" t="s">
-        <v>2220</v>
+        <v>2222</v>
       </c>
       <c r="F1090" s="4"/>
       <c r="G1090" s="4"/>
       <c r="H1090" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1090" s="4" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="1091">
       <c r="A1091" s="4">
-        <v>101220</v>
+        <v>100482</v>
       </c>
       <c r="B1091" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1091" s="4" t="s">
-        <v>2221</v>
+        <v>2223</v>
       </c>
       <c r="D1091" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1091" s="4" t="s">
-        <v>2222</v>
+        <v>2224</v>
       </c>
       <c r="F1091" s="4"/>
       <c r="G1091" s="4"/>
       <c r="H1091" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1091" s="4" t="s">
-        <v>22</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1092">
       <c r="A1092" s="4">
-        <v>101160</v>
+        <v>100481</v>
       </c>
       <c r="B1092" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1092" s="4" t="s">
-        <v>2223</v>
+        <v>2225</v>
       </c>
       <c r="D1092" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1092" s="4" t="s">
-        <v>2224</v>
+        <v>2226</v>
       </c>
       <c r="F1092" s="4"/>
       <c r="G1092" s="4"/>
       <c r="H1092" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1092" s="4" t="s">
-        <v>22</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1093">
       <c r="A1093" s="4">
-        <v>100480</v>
+        <v>100483</v>
       </c>
       <c r="B1093" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1093" s="4" t="s">
-        <v>2225</v>
+        <v>2227</v>
       </c>
       <c r="D1093" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1093" s="4" t="s">
-        <v>2226</v>
+        <v>2228</v>
       </c>
       <c r="F1093" s="4"/>
       <c r="G1093" s="4"/>
       <c r="H1093" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1093" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1094">
       <c r="A1094" s="4">
-        <v>100490</v>
+        <v>100494</v>
       </c>
       <c r="B1094" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1094" s="4" t="s">
-        <v>2227</v>
+        <v>2229</v>
       </c>
       <c r="D1094" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1094" s="4" t="s">
-        <v>2228</v>
+        <v>2230</v>
       </c>
       <c r="F1094" s="4"/>
       <c r="G1094" s="4"/>
       <c r="H1094" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1094" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1095">
       <c r="A1095" s="4">
-        <v>100123</v>
+        <v>100031</v>
       </c>
       <c r="B1095" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1095" s="4" t="s">
-        <v>2229</v>
+        <v>2231</v>
       </c>
       <c r="D1095" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1095" s="4" t="s">
-        <v>2230</v>
+        <v>2232</v>
       </c>
       <c r="F1095" s="4"/>
       <c r="G1095" s="4"/>
       <c r="H1095" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1095" s="4" t="s">
-        <v>27</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1096">
       <c r="A1096" s="4">
-        <v>100124</v>
+        <v>100487</v>
       </c>
       <c r="B1096" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1096" s="4" t="s">
-        <v>2231</v>
+        <v>2233</v>
       </c>
       <c r="D1096" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1096" s="4" t="s">
-        <v>2232</v>
+        <v>2234</v>
       </c>
       <c r="F1096" s="4"/>
       <c r="G1096" s="4"/>
       <c r="H1096" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1096" s="4" t="s">
-        <v>158</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1097">
       <c r="A1097" s="4">
-        <v>100478</v>
+        <v>100488</v>
       </c>
       <c r="B1097" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1097" s="4" t="s">
-        <v>2233</v>
+        <v>2235</v>
       </c>
       <c r="D1097" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1097" s="4" t="s">
-        <v>2234</v>
+        <v>2236</v>
       </c>
       <c r="F1097" s="4"/>
       <c r="G1097" s="4"/>
       <c r="H1097" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1097" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1098">
       <c r="A1098" s="4">
-        <v>100479</v>
+        <v>100107</v>
       </c>
       <c r="B1098" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1098" s="4" t="s">
-        <v>2235</v>
+        <v>2237</v>
       </c>
       <c r="D1098" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1098" s="4" t="s">
-        <v>2236</v>
+        <v>2238</v>
       </c>
       <c r="F1098" s="4"/>
       <c r="G1098" s="4"/>
       <c r="H1098" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1098" s="4" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
     </row>
     <row r="1099">
       <c r="A1099" s="4">
-        <v>100492</v>
+        <v>100164</v>
       </c>
       <c r="B1099" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1099" s="4" t="s">
-        <v>2237</v>
+        <v>2239</v>
       </c>
       <c r="D1099" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1099" s="4" t="s">
-        <v>2238</v>
+        <v>2240</v>
       </c>
       <c r="F1099" s="4"/>
       <c r="G1099" s="4"/>
       <c r="H1099" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1099" s="4" t="s">
-        <v>17</v>
+        <v>382</v>
       </c>
     </row>
     <row r="1100">
       <c r="A1100" s="4">
-        <v>100491</v>
+        <v>101220</v>
       </c>
       <c r="B1100" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1100" s="4" t="s">
-        <v>2239</v>
+        <v>2241</v>
       </c>
       <c r="D1100" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1100" s="4" t="s">
-        <v>2240</v>
+        <v>2242</v>
       </c>
       <c r="F1100" s="4"/>
       <c r="G1100" s="4"/>
       <c r="H1100" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1100" s="4" t="s">
-        <v>839</v>
+        <v>22</v>
       </c>
     </row>
     <row r="1101">
       <c r="A1101" s="4">
-        <v>100485</v>
+        <v>101160</v>
       </c>
       <c r="B1101" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1101" s="4" t="s">
-        <v>2241</v>
+        <v>2243</v>
       </c>
       <c r="D1101" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1101" s="4" t="s">
-        <v>2242</v>
+        <v>2244</v>
       </c>
       <c r="F1101" s="4"/>
       <c r="G1101" s="4"/>
       <c r="H1101" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1101" s="4" t="s">
-        <v>82</v>
+        <v>22</v>
       </c>
     </row>
     <row r="1102">
       <c r="A1102" s="4">
-        <v>101066</v>
+        <v>100480</v>
       </c>
       <c r="B1102" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1102" s="4" t="s">
-        <v>2243</v>
+        <v>2245</v>
       </c>
       <c r="D1102" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1102" s="4" t="s">
-        <v>2244</v>
+        <v>2246</v>
       </c>
       <c r="F1102" s="4"/>
       <c r="G1102" s="4"/>
       <c r="H1102" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1102" s="4" t="s">
-        <v>82</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1103">
       <c r="A1103" s="4">
-        <v>100505</v>
+        <v>100490</v>
       </c>
       <c r="B1103" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1103" s="4" t="s">
-        <v>2245</v>
+        <v>2247</v>
       </c>
       <c r="D1103" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1103" s="4" t="s">
-        <v>2246</v>
+        <v>2248</v>
       </c>
       <c r="F1103" s="4"/>
       <c r="G1103" s="4"/>
       <c r="H1103" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1103" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1104">
       <c r="A1104" s="4">
-        <v>100165</v>
+        <v>100123</v>
       </c>
       <c r="B1104" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1104" s="4" t="s">
-        <v>2247</v>
+        <v>2249</v>
       </c>
       <c r="D1104" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1104" s="4" t="s">
-        <v>2248</v>
+        <v>2250</v>
       </c>
       <c r="F1104" s="4"/>
       <c r="G1104" s="4"/>
       <c r="H1104" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1104" s="4" t="s">
-        <v>158</v>
+        <v>27</v>
       </c>
     </row>
     <row r="1105">
       <c r="A1105" s="4">
-        <v>101091</v>
+        <v>100124</v>
       </c>
       <c r="B1105" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1105" s="4" t="s">
-        <v>2249</v>
+        <v>2251</v>
       </c>
       <c r="D1105" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1105" s="4" t="s">
-        <v>2250</v>
+        <v>2252</v>
       </c>
       <c r="F1105" s="4"/>
       <c r="G1105" s="4"/>
       <c r="H1105" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1105" s="4" t="s">
-        <v>14</v>
+        <v>158</v>
       </c>
     </row>
     <row r="1106">
       <c r="A1106" s="4">
-        <v>100510</v>
+        <v>100478</v>
       </c>
       <c r="B1106" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1106" s="4" t="s">
-        <v>2251</v>
+        <v>2253</v>
       </c>
       <c r="D1106" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1106" s="4" t="s">
-        <v>2252</v>
+        <v>2254</v>
       </c>
       <c r="F1106" s="4"/>
       <c r="G1106" s="4"/>
       <c r="H1106" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1106" s="4" t="s">
-        <v>158</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1107">
       <c r="A1107" s="4">
-        <v>100113</v>
+        <v>100479</v>
       </c>
       <c r="B1107" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1107" s="4" t="s">
-        <v>2253</v>
+        <v>2255</v>
       </c>
       <c r="D1107" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1107" s="4" t="s">
-        <v>2254</v>
+        <v>2256</v>
       </c>
       <c r="F1107" s="4"/>
       <c r="G1107" s="4"/>
       <c r="H1107" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1107" s="4" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
     </row>
     <row r="1108">
       <c r="A1108" s="4">
-        <v>101090</v>
+        <v>100492</v>
       </c>
       <c r="B1108" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1108" s="4" t="s">
-        <v>2255</v>
+        <v>2257</v>
       </c>
       <c r="D1108" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1108" s="4" t="s">
-        <v>2256</v>
+        <v>2258</v>
       </c>
       <c r="F1108" s="4"/>
       <c r="G1108" s="4"/>
       <c r="H1108" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1108" s="4" t="s">
-        <v>454</v>
+        <v>17</v>
       </c>
     </row>
     <row r="1109">
       <c r="A1109" s="4">
-        <v>101089</v>
+        <v>100491</v>
       </c>
       <c r="B1109" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1109" s="4" t="s">
-        <v>2257</v>
+        <v>2259</v>
       </c>
       <c r="D1109" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1109" s="4" t="s">
-        <v>2258</v>
+        <v>2260</v>
       </c>
       <c r="F1109" s="4"/>
       <c r="G1109" s="4"/>
       <c r="H1109" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1109" s="4" t="s">
-        <v>14</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1110">
       <c r="A1110" s="4">
-        <v>100501</v>
+        <v>100485</v>
       </c>
       <c r="B1110" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1110" s="4" t="s">
-        <v>2259</v>
+        <v>2261</v>
       </c>
       <c r="D1110" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1110" s="4" t="s">
-        <v>2260</v>
+        <v>2262</v>
       </c>
       <c r="F1110" s="4"/>
       <c r="G1110" s="4"/>
       <c r="H1110" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1110" s="4" t="s">
-        <v>839</v>
+        <v>82</v>
       </c>
     </row>
     <row r="1111">
       <c r="A1111" s="4">
-        <v>100421</v>
+        <v>101066</v>
       </c>
       <c r="B1111" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1111" s="4" t="s">
-        <v>2261</v>
+        <v>2263</v>
       </c>
       <c r="D1111" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1111" s="4" t="s">
-        <v>2262</v>
+        <v>2264</v>
       </c>
       <c r="F1111" s="4"/>
       <c r="G1111" s="4"/>
       <c r="H1111" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1111" s="4" t="s">
-        <v>839</v>
+        <v>82</v>
       </c>
     </row>
     <row r="1112">
       <c r="A1112" s="4">
-        <v>100166</v>
+        <v>100505</v>
       </c>
       <c r="B1112" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1112" s="4" t="s">
-        <v>2263</v>
+        <v>2265</v>
       </c>
       <c r="D1112" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1112" s="4" t="s">
-        <v>2264</v>
+        <v>2266</v>
       </c>
       <c r="F1112" s="4"/>
       <c r="G1112" s="4"/>
       <c r="H1112" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1112" s="4" t="s">
-        <v>382</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1113">
       <c r="A1113" s="4">
-        <v>100503</v>
+        <v>101278</v>
       </c>
       <c r="B1113" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1113" s="4" t="s">
-        <v>2265</v>
+        <v>2267</v>
       </c>
       <c r="D1113" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1113" s="4" t="s">
-        <v>2266</v>
+        <v>2268</v>
       </c>
       <c r="F1113" s="4"/>
       <c r="G1113" s="4"/>
       <c r="H1113" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1113" s="4" t="s">
-        <v>839</v>
+        <v>576</v>
       </c>
     </row>
     <row r="1114">
       <c r="A1114" s="4">
-        <v>100502</v>
+        <v>100165</v>
       </c>
       <c r="B1114" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1114" s="4" t="s">
-        <v>2267</v>
+        <v>2269</v>
       </c>
       <c r="D1114" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1114" s="4" t="s">
-        <v>2268</v>
+        <v>2270</v>
       </c>
       <c r="F1114" s="4"/>
       <c r="G1114" s="4"/>
       <c r="H1114" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1114" s="4" t="s">
-        <v>839</v>
+        <v>158</v>
       </c>
     </row>
     <row r="1115">
       <c r="A1115" s="4">
-        <v>100506</v>
+        <v>101091</v>
       </c>
       <c r="B1115" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1115" s="4" t="s">
-        <v>2269</v>
+        <v>2271</v>
       </c>
       <c r="D1115" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1115" s="4" t="s">
-        <v>2270</v>
+        <v>2272</v>
       </c>
       <c r="F1115" s="4"/>
       <c r="G1115" s="4"/>
       <c r="H1115" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1115" s="4" t="s">
-        <v>839</v>
+        <v>14</v>
       </c>
     </row>
     <row r="1116">
       <c r="A1116" s="4">
-        <v>100507</v>
+        <v>100510</v>
       </c>
       <c r="B1116" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1116" s="4" t="s">
-        <v>2271</v>
+        <v>2273</v>
       </c>
       <c r="D1116" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1116" s="4" t="s">
-        <v>2272</v>
+        <v>2274</v>
       </c>
       <c r="F1116" s="4"/>
       <c r="G1116" s="4"/>
       <c r="H1116" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1116" s="4" t="s">
-        <v>839</v>
+        <v>158</v>
       </c>
     </row>
     <row r="1117">
       <c r="A1117" s="4">
-        <v>100509</v>
+        <v>100113</v>
       </c>
       <c r="B1117" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1117" s="4" t="s">
-        <v>2273</v>
+        <v>2275</v>
       </c>
       <c r="D1117" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1117" s="4" t="s">
-        <v>2274</v>
+        <v>2276</v>
       </c>
       <c r="F1117" s="4"/>
       <c r="G1117" s="4"/>
       <c r="H1117" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1117" s="4" t="s">
-        <v>839</v>
+        <v>27</v>
       </c>
     </row>
     <row r="1118">
       <c r="A1118" s="4">
-        <v>101229</v>
+        <v>101090</v>
       </c>
       <c r="B1118" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1118" s="4" t="s">
-        <v>2275</v>
+        <v>2277</v>
       </c>
       <c r="D1118" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1118" s="4" t="s">
-        <v>2276</v>
+        <v>2278</v>
       </c>
       <c r="F1118" s="4"/>
       <c r="G1118" s="4"/>
       <c r="H1118" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1118" s="4" t="s">
-        <v>22</v>
+        <v>454</v>
       </c>
     </row>
     <row r="1119">
       <c r="A1119" s="4">
-        <v>101131</v>
+        <v>101089</v>
       </c>
       <c r="B1119" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1119" s="4" t="s">
-        <v>2277</v>
+        <v>2279</v>
       </c>
       <c r="D1119" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1119" s="4" t="s">
-        <v>2278</v>
+        <v>2280</v>
       </c>
       <c r="F1119" s="4"/>
       <c r="G1119" s="4"/>
       <c r="H1119" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1119" s="4" t="s">
-        <v>158</v>
+        <v>14</v>
       </c>
     </row>
     <row r="1120">
       <c r="A1120" s="4">
-        <v>100508</v>
+        <v>100501</v>
       </c>
       <c r="B1120" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1120" s="4" t="s">
-        <v>2279</v>
+        <v>2281</v>
       </c>
       <c r="D1120" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1120" s="4" t="s">
-        <v>2280</v>
+        <v>2282</v>
       </c>
       <c r="F1120" s="4"/>
       <c r="G1120" s="4"/>
       <c r="H1120" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1120" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1121">
       <c r="A1121" s="4">
-        <v>100146</v>
+        <v>100421</v>
       </c>
       <c r="B1121" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1121" s="4" t="s">
-        <v>2281</v>
+        <v>2283</v>
       </c>
       <c r="D1121" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1121" s="4" t="s">
-        <v>2282</v>
+        <v>2284</v>
       </c>
       <c r="F1121" s="4"/>
       <c r="G1121" s="4"/>
       <c r="H1121" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1121" s="4" t="s">
-        <v>27</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1122">
       <c r="A1122" s="4">
-        <v>100105</v>
+        <v>100166</v>
       </c>
       <c r="B1122" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1122" s="4" t="s">
-        <v>2283</v>
+        <v>2285</v>
       </c>
       <c r="D1122" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1122" s="4" t="s">
-        <v>2284</v>
+        <v>2286</v>
       </c>
       <c r="F1122" s="4"/>
       <c r="G1122" s="4"/>
       <c r="H1122" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1122" s="4" t="s">
-        <v>158</v>
+        <v>382</v>
       </c>
     </row>
     <row r="1123">
       <c r="A1123" s="4">
-        <v>100106</v>
+        <v>100503</v>
       </c>
       <c r="B1123" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1123" s="4" t="s">
-        <v>2285</v>
+        <v>2287</v>
       </c>
       <c r="D1123" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1123" s="4" t="s">
-        <v>2286</v>
+        <v>2288</v>
       </c>
       <c r="F1123" s="4"/>
       <c r="G1123" s="4"/>
       <c r="H1123" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1123" s="4" t="s">
-        <v>27</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1124">
       <c r="A1124" s="4">
-        <v>100499</v>
+        <v>100502</v>
       </c>
       <c r="B1124" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1124" s="4" t="s">
-        <v>2287</v>
+        <v>2289</v>
       </c>
       <c r="D1124" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1124" s="4" t="s">
-        <v>2288</v>
+        <v>2290</v>
       </c>
       <c r="F1124" s="4"/>
       <c r="G1124" s="4"/>
       <c r="H1124" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1124" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1125">
       <c r="A1125" s="4">
-        <v>100497</v>
+        <v>100506</v>
       </c>
       <c r="B1125" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1125" s="4" t="s">
-        <v>2289</v>
+        <v>2291</v>
       </c>
       <c r="D1125" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1125" s="4" t="s">
-        <v>2290</v>
+        <v>2292</v>
       </c>
       <c r="F1125" s="4"/>
       <c r="G1125" s="4"/>
       <c r="H1125" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1125" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1126">
       <c r="A1126" s="4">
-        <v>100496</v>
+        <v>100507</v>
       </c>
       <c r="B1126" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1126" s="4" t="s">
-        <v>2291</v>
+        <v>2293</v>
       </c>
       <c r="D1126" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1126" s="4" t="s">
-        <v>2292</v>
+        <v>2294</v>
       </c>
       <c r="F1126" s="4"/>
       <c r="G1126" s="4"/>
       <c r="H1126" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1126" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1127">
       <c r="A1127" s="4">
-        <v>100495</v>
+        <v>100509</v>
       </c>
       <c r="B1127" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1127" s="4" t="s">
-        <v>2293</v>
+        <v>2295</v>
       </c>
       <c r="D1127" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1127" s="4" t="s">
-        <v>2294</v>
+        <v>2296</v>
       </c>
       <c r="F1127" s="4"/>
       <c r="G1127" s="4"/>
       <c r="H1127" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1127" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1128">
       <c r="A1128" s="4">
-        <v>100089</v>
+        <v>101229</v>
       </c>
       <c r="B1128" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1128" s="4" t="s">
-        <v>2295</v>
+        <v>2297</v>
       </c>
       <c r="D1128" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1128" s="4" t="s">
-        <v>2296</v>
+        <v>2298</v>
       </c>
       <c r="F1128" s="4"/>
       <c r="G1128" s="4"/>
       <c r="H1128" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1128" s="4" t="s">
-        <v>82</v>
+        <v>22</v>
       </c>
     </row>
     <row r="1129">
       <c r="A1129" s="4">
-        <v>100498</v>
+        <v>101131</v>
       </c>
       <c r="B1129" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1129" s="4" t="s">
-        <v>2297</v>
+        <v>2299</v>
       </c>
       <c r="D1129" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1129" s="4" t="s">
-        <v>2298</v>
+        <v>2300</v>
       </c>
       <c r="F1129" s="4"/>
       <c r="G1129" s="4"/>
       <c r="H1129" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1129" s="4" t="s">
-        <v>839</v>
+        <v>158</v>
       </c>
     </row>
     <row r="1130">
       <c r="A1130" s="4">
-        <v>100504</v>
+        <v>100508</v>
       </c>
       <c r="B1130" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1130" s="4" t="s">
-        <v>2299</v>
+        <v>2301</v>
       </c>
       <c r="D1130" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1130" s="4" t="s">
-        <v>2300</v>
+        <v>2302</v>
       </c>
       <c r="F1130" s="4"/>
       <c r="G1130" s="4"/>
       <c r="H1130" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1130" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1131">
       <c r="A1131" s="4">
-        <v>100004</v>
+        <v>100146</v>
       </c>
       <c r="B1131" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1131" s="4" t="s">
-        <v>2301</v>
+        <v>2303</v>
       </c>
       <c r="D1131" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1131" s="4" t="s">
-        <v>2302</v>
+        <v>2304</v>
       </c>
       <c r="F1131" s="4"/>
       <c r="G1131" s="4"/>
       <c r="H1131" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1131" s="4" t="s">
-        <v>839</v>
+        <v>27</v>
       </c>
     </row>
     <row r="1132">
       <c r="A1132" s="4">
-        <v>100500</v>
+        <v>100105</v>
       </c>
       <c r="B1132" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1132" s="4" t="s">
-        <v>2303</v>
+        <v>2305</v>
       </c>
       <c r="D1132" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1132" s="4" t="s">
-        <v>2304</v>
+        <v>2306</v>
       </c>
       <c r="F1132" s="4"/>
       <c r="G1132" s="4"/>
       <c r="H1132" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1132" s="4" t="s">
-        <v>839</v>
+        <v>158</v>
       </c>
     </row>
     <row r="1133">
       <c r="A1133" s="4">
-        <v>100046</v>
+        <v>100106</v>
       </c>
       <c r="B1133" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1133" s="4" t="s">
-        <v>2305</v>
+        <v>2307</v>
       </c>
       <c r="D1133" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1133" s="4" t="s">
-        <v>2306</v>
+        <v>2308</v>
       </c>
       <c r="F1133" s="4"/>
       <c r="G1133" s="4"/>
       <c r="H1133" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1133" s="4" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
     </row>
     <row r="1134">
       <c r="A1134" s="4">
-        <v>100570</v>
+        <v>100499</v>
       </c>
       <c r="B1134" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1134" s="4" t="s">
-        <v>2307</v>
+        <v>2309</v>
       </c>
       <c r="D1134" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1134" s="4" t="s">
-        <v>2308</v>
+        <v>2310</v>
       </c>
       <c r="F1134" s="4"/>
       <c r="G1134" s="4"/>
       <c r="H1134" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1134" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1135">
       <c r="A1135" s="4">
-        <v>100589</v>
+        <v>100497</v>
       </c>
       <c r="B1135" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1135" s="4" t="s">
-        <v>2309</v>
+        <v>2311</v>
       </c>
       <c r="D1135" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1135" s="4" t="s">
-        <v>2310</v>
+        <v>2312</v>
       </c>
       <c r="F1135" s="4"/>
       <c r="G1135" s="4"/>
       <c r="H1135" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1135" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1136">
       <c r="A1136" s="4">
-        <v>100571</v>
+        <v>100496</v>
       </c>
       <c r="B1136" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1136" s="4" t="s">
-        <v>2311</v>
+        <v>2313</v>
       </c>
       <c r="D1136" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1136" s="4" t="s">
-        <v>2312</v>
+        <v>2314</v>
       </c>
       <c r="F1136" s="4"/>
       <c r="G1136" s="4"/>
       <c r="H1136" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1136" s="4" t="s">
-        <v>640</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1137">
       <c r="A1137" s="4">
-        <v>100569</v>
+        <v>100495</v>
       </c>
       <c r="B1137" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1137" s="4" t="s">
-        <v>2313</v>
+        <v>2315</v>
       </c>
       <c r="D1137" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1137" s="4" t="s">
-        <v>2314</v>
+        <v>2316</v>
       </c>
       <c r="F1137" s="4"/>
       <c r="G1137" s="4"/>
       <c r="H1137" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1137" s="4" t="s">
-        <v>219</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1138">
       <c r="A1138" s="4">
-        <v>100573</v>
+        <v>100089</v>
       </c>
       <c r="B1138" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1138" s="4" t="s">
-        <v>2315</v>
+        <v>2317</v>
       </c>
       <c r="D1138" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1138" s="4" t="s">
-        <v>2316</v>
+        <v>2318</v>
       </c>
       <c r="F1138" s="4"/>
       <c r="G1138" s="4"/>
       <c r="H1138" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1138" s="4" t="s">
-        <v>839</v>
+        <v>82</v>
       </c>
     </row>
     <row r="1139">
       <c r="A1139" s="4">
-        <v>100575</v>
+        <v>100498</v>
       </c>
       <c r="B1139" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1139" s="4" t="s">
-        <v>2317</v>
+        <v>2319</v>
       </c>
       <c r="D1139" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1139" s="4" t="s">
-        <v>2318</v>
+        <v>2320</v>
       </c>
       <c r="F1139" s="4"/>
       <c r="G1139" s="4"/>
       <c r="H1139" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1139" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1140">
       <c r="A1140" s="4">
-        <v>100175</v>
+        <v>100504</v>
       </c>
       <c r="B1140" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1140" s="4" t="s">
-        <v>2319</v>
+        <v>2321</v>
       </c>
       <c r="D1140" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1140" s="4" t="s">
-        <v>2320</v>
+        <v>2322</v>
       </c>
       <c r="F1140" s="4"/>
       <c r="G1140" s="4"/>
       <c r="H1140" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1140" s="4" t="s">
-        <v>17</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1141">
       <c r="A1141" s="4">
-        <v>100587</v>
+        <v>100004</v>
       </c>
       <c r="B1141" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1141" s="4" t="s">
-        <v>2321</v>
+        <v>2323</v>
       </c>
       <c r="D1141" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1141" s="4" t="s">
-        <v>2322</v>
+        <v>2324</v>
       </c>
       <c r="F1141" s="4"/>
       <c r="G1141" s="4"/>
       <c r="H1141" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1141" s="4" t="s">
-        <v>17</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1142">
       <c r="A1142" s="4">
-        <v>100583</v>
+        <v>100500</v>
       </c>
       <c r="B1142" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1142" s="4" t="s">
-        <v>2323</v>
+        <v>2325</v>
       </c>
       <c r="D1142" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1142" s="4" t="s">
-        <v>2324</v>
+        <v>2326</v>
       </c>
       <c r="F1142" s="4"/>
       <c r="G1142" s="4"/>
       <c r="H1142" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1142" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1143">
       <c r="A1143" s="4">
-        <v>100576</v>
+        <v>101279</v>
       </c>
       <c r="B1143" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1143" s="4" t="s">
-        <v>2325</v>
+        <v>2327</v>
       </c>
       <c r="D1143" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1143" s="4" t="s">
-        <v>2326</v>
+        <v>2328</v>
       </c>
       <c r="F1143" s="4"/>
       <c r="G1143" s="4"/>
       <c r="H1143" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1143" s="4" t="s">
-        <v>839</v>
+        <v>576</v>
       </c>
     </row>
     <row r="1144">
       <c r="A1144" s="4">
-        <v>100588</v>
+        <v>100046</v>
       </c>
       <c r="B1144" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1144" s="4" t="s">
-        <v>2327</v>
+        <v>2329</v>
       </c>
       <c r="D1144" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1144" s="4" t="s">
-        <v>2328</v>
+        <v>2330</v>
       </c>
       <c r="F1144" s="4"/>
       <c r="G1144" s="4"/>
       <c r="H1144" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1144" s="4" t="s">
-        <v>839</v>
+        <v>17</v>
       </c>
     </row>
     <row r="1145">
       <c r="A1145" s="4">
-        <v>100582</v>
+        <v>100570</v>
       </c>
       <c r="B1145" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1145" s="4" t="s">
-        <v>2329</v>
+        <v>2331</v>
       </c>
       <c r="D1145" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1145" s="4" t="s">
-        <v>2330</v>
+        <v>2332</v>
       </c>
       <c r="F1145" s="4"/>
       <c r="G1145" s="4"/>
       <c r="H1145" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1145" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1146">
       <c r="A1146" s="4">
-        <v>100581</v>
+        <v>100589</v>
       </c>
       <c r="B1146" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1146" s="4" t="s">
-        <v>2331</v>
+        <v>2333</v>
       </c>
       <c r="D1146" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1146" s="4" t="s">
-        <v>2332</v>
+        <v>2334</v>
       </c>
       <c r="F1146" s="4"/>
       <c r="G1146" s="4"/>
       <c r="H1146" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1146" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1147">
       <c r="A1147" s="4">
-        <v>100578</v>
+        <v>100571</v>
       </c>
       <c r="B1147" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1147" s="4" t="s">
-        <v>2333</v>
+        <v>2335</v>
       </c>
       <c r="D1147" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1147" s="4" t="s">
-        <v>2334</v>
+        <v>2336</v>
       </c>
       <c r="F1147" s="4"/>
       <c r="G1147" s="4"/>
       <c r="H1147" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1147" s="4" t="s">
-        <v>839</v>
+        <v>643</v>
       </c>
     </row>
     <row r="1148">
       <c r="A1148" s="4">
-        <v>100148</v>
+        <v>100569</v>
       </c>
       <c r="B1148" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1148" s="4" t="s">
-        <v>2335</v>
+        <v>2337</v>
       </c>
       <c r="D1148" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1148" s="4" t="s">
-        <v>2336</v>
+        <v>2338</v>
       </c>
       <c r="F1148" s="4"/>
       <c r="G1148" s="4"/>
       <c r="H1148" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1148" s="4" t="s">
-        <v>640</v>
+        <v>219</v>
       </c>
     </row>
     <row r="1149">
       <c r="A1149" s="4">
-        <v>100572</v>
+        <v>100573</v>
       </c>
       <c r="B1149" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1149" s="4" t="s">
-        <v>2337</v>
+        <v>2339</v>
       </c>
       <c r="D1149" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1149" s="4" t="s">
-        <v>2338</v>
+        <v>2340</v>
       </c>
       <c r="F1149" s="4"/>
       <c r="G1149" s="4"/>
       <c r="H1149" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1149" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1150">
       <c r="A1150" s="4">
-        <v>100577</v>
+        <v>100575</v>
       </c>
       <c r="B1150" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1150" s="4" t="s">
-        <v>2339</v>
+        <v>2341</v>
       </c>
       <c r="D1150" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1150" s="4" t="s">
-        <v>2340</v>
+        <v>2342</v>
       </c>
       <c r="F1150" s="4"/>
       <c r="G1150" s="4"/>
       <c r="H1150" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1150" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1151">
       <c r="A1151" s="4">
-        <v>100580</v>
+        <v>100175</v>
       </c>
       <c r="B1151" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1151" s="4" t="s">
-        <v>2341</v>
+        <v>2343</v>
       </c>
       <c r="D1151" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1151" s="4" t="s">
-        <v>2342</v>
+        <v>2344</v>
       </c>
       <c r="F1151" s="4"/>
       <c r="G1151" s="4"/>
       <c r="H1151" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1151" s="4" t="s">
-        <v>839</v>
+        <v>17</v>
       </c>
     </row>
     <row r="1152">
       <c r="A1152" s="4">
-        <v>100574</v>
+        <v>100587</v>
       </c>
       <c r="B1152" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1152" s="4" t="s">
-        <v>2343</v>
+        <v>2345</v>
       </c>
       <c r="D1152" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1152" s="4" t="s">
-        <v>2344</v>
+        <v>2346</v>
       </c>
       <c r="F1152" s="4"/>
       <c r="G1152" s="4"/>
       <c r="H1152" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1152" s="4" t="s">
-        <v>839</v>
+        <v>17</v>
       </c>
     </row>
     <row r="1153">
       <c r="A1153" s="4">
-        <v>100585</v>
+        <v>100583</v>
       </c>
       <c r="B1153" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1153" s="4" t="s">
-        <v>2345</v>
+        <v>2347</v>
       </c>
       <c r="D1153" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1153" s="4" t="s">
-        <v>2346</v>
+        <v>2348</v>
       </c>
       <c r="F1153" s="4"/>
       <c r="G1153" s="4"/>
       <c r="H1153" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1153" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1154">
       <c r="A1154" s="4">
-        <v>100584</v>
+        <v>100576</v>
       </c>
       <c r="B1154" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1154" s="4" t="s">
-        <v>2347</v>
+        <v>2349</v>
       </c>
       <c r="D1154" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1154" s="4" t="s">
-        <v>2348</v>
+        <v>2350</v>
       </c>
       <c r="F1154" s="4"/>
       <c r="G1154" s="4"/>
       <c r="H1154" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1154" s="4" t="s">
-        <v>605</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1155">
       <c r="A1155" s="4">
-        <v>100586</v>
+        <v>100588</v>
       </c>
       <c r="B1155" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1155" s="4" t="s">
-        <v>2349</v>
+        <v>2351</v>
       </c>
       <c r="D1155" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1155" s="4" t="s">
-        <v>2350</v>
+        <v>2352</v>
       </c>
       <c r="F1155" s="4"/>
       <c r="G1155" s="4"/>
       <c r="H1155" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1155" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1156">
       <c r="A1156" s="4">
-        <v>100579</v>
+        <v>100582</v>
       </c>
       <c r="B1156" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1156" s="4" t="s">
-        <v>2351</v>
+        <v>2353</v>
       </c>
       <c r="D1156" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1156" s="4" t="s">
-        <v>2352</v>
+        <v>2354</v>
       </c>
       <c r="F1156" s="4"/>
       <c r="G1156" s="4"/>
       <c r="H1156" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1156" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1157">
       <c r="A1157" s="4">
-        <v>101097</v>
+        <v>100581</v>
       </c>
       <c r="B1157" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1157" s="4" t="s">
-        <v>2353</v>
+        <v>2355</v>
       </c>
       <c r="D1157" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1157" s="4" t="s">
-        <v>2354</v>
+        <v>2356</v>
       </c>
       <c r="F1157" s="4"/>
       <c r="G1157" s="4"/>
       <c r="H1157" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1157" s="4" t="s">
-        <v>14</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1158">
       <c r="A1158" s="4">
-        <v>100526</v>
+        <v>100578</v>
       </c>
       <c r="B1158" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1158" s="4" t="s">
-        <v>2355</v>
+        <v>2357</v>
       </c>
       <c r="D1158" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1158" s="4" t="s">
-        <v>2356</v>
+        <v>2358</v>
       </c>
       <c r="F1158" s="4"/>
       <c r="G1158" s="4"/>
       <c r="H1158" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1158" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1159">
       <c r="A1159" s="4">
-        <v>100512</v>
+        <v>100148</v>
       </c>
       <c r="B1159" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1159" s="4" t="s">
-        <v>2357</v>
+        <v>2359</v>
       </c>
       <c r="D1159" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1159" s="4" t="s">
-        <v>2358</v>
+        <v>2360</v>
       </c>
       <c r="F1159" s="4"/>
       <c r="G1159" s="4"/>
       <c r="H1159" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1159" s="4" t="s">
-        <v>17</v>
+        <v>643</v>
       </c>
     </row>
     <row r="1160">
       <c r="A1160" s="4">
-        <v>100525</v>
+        <v>100572</v>
       </c>
       <c r="B1160" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1160" s="4" t="s">
-        <v>2359</v>
+        <v>2361</v>
       </c>
       <c r="D1160" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1160" s="4" t="s">
-        <v>2360</v>
+        <v>2362</v>
       </c>
       <c r="F1160" s="4"/>
       <c r="G1160" s="4"/>
       <c r="H1160" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1160" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1161">
       <c r="A1161" s="4">
-        <v>100530</v>
+        <v>100577</v>
       </c>
       <c r="B1161" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1161" s="4" t="s">
-        <v>2361</v>
+        <v>2363</v>
       </c>
       <c r="D1161" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1161" s="4" t="s">
-        <v>2362</v>
+        <v>2364</v>
       </c>
       <c r="F1161" s="4"/>
       <c r="G1161" s="4"/>
       <c r="H1161" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1161" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1162">
       <c r="A1162" s="4">
-        <v>100518</v>
+        <v>100580</v>
       </c>
       <c r="B1162" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1162" s="4" t="s">
-        <v>2363</v>
+        <v>2365</v>
       </c>
       <c r="D1162" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1162" s="4" t="s">
-        <v>2364</v>
+        <v>2366</v>
       </c>
       <c r="F1162" s="4"/>
       <c r="G1162" s="4"/>
       <c r="H1162" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1162" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1163">
       <c r="A1163" s="4">
-        <v>100513</v>
+        <v>100574</v>
       </c>
       <c r="B1163" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1163" s="4" t="s">
-        <v>2365</v>
+        <v>2367</v>
       </c>
       <c r="D1163" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1163" s="4" t="s">
-        <v>2366</v>
+        <v>2368</v>
       </c>
       <c r="F1163" s="4"/>
       <c r="G1163" s="4"/>
       <c r="H1163" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1163" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1164">
       <c r="A1164" s="4">
-        <v>100167</v>
+        <v>100585</v>
       </c>
       <c r="B1164" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1164" s="4" t="s">
-        <v>2367</v>
+        <v>2369</v>
       </c>
       <c r="D1164" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1164" s="4" t="s">
-        <v>2368</v>
+        <v>2370</v>
       </c>
       <c r="F1164" s="4"/>
       <c r="G1164" s="4"/>
       <c r="H1164" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1164" s="4" t="s">
-        <v>17</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1165">
       <c r="A1165" s="4">
-        <v>100527</v>
+        <v>100584</v>
       </c>
       <c r="B1165" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1165" s="4" t="s">
-        <v>2369</v>
+        <v>2371</v>
       </c>
       <c r="D1165" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1165" s="4" t="s">
-        <v>2370</v>
+        <v>2372</v>
       </c>
       <c r="F1165" s="4"/>
       <c r="G1165" s="4"/>
       <c r="H1165" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1165" s="4" t="s">
-        <v>839</v>
+        <v>608</v>
       </c>
     </row>
     <row r="1166">
       <c r="A1166" s="4">
-        <v>100529</v>
+        <v>100586</v>
       </c>
       <c r="B1166" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1166" s="4" t="s">
-        <v>2371</v>
+        <v>2373</v>
       </c>
       <c r="D1166" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1166" s="4" t="s">
-        <v>2372</v>
+        <v>2374</v>
       </c>
       <c r="F1166" s="4"/>
       <c r="G1166" s="4"/>
       <c r="H1166" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1166" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1167">
       <c r="A1167" s="4">
-        <v>100528</v>
+        <v>100579</v>
       </c>
       <c r="B1167" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1167" s="4" t="s">
-        <v>2373</v>
+        <v>2375</v>
       </c>
       <c r="D1167" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1167" s="4" t="s">
-        <v>2374</v>
+        <v>2376</v>
       </c>
       <c r="F1167" s="4"/>
       <c r="G1167" s="4"/>
       <c r="H1167" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1167" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1168">
       <c r="A1168" s="4">
-        <v>100090</v>
+        <v>101097</v>
       </c>
       <c r="B1168" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1168" s="4" t="s">
-        <v>2375</v>
+        <v>2377</v>
       </c>
       <c r="D1168" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1168" s="4" t="s">
-        <v>2376</v>
+        <v>2378</v>
       </c>
       <c r="F1168" s="4"/>
       <c r="G1168" s="4"/>
       <c r="H1168" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1168" s="4" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
     </row>
     <row r="1169">
       <c r="A1169" s="4">
-        <v>100511</v>
+        <v>100526</v>
       </c>
       <c r="B1169" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1169" s="4" t="s">
-        <v>2377</v>
+        <v>2379</v>
       </c>
       <c r="D1169" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1169" s="4" t="s">
-        <v>2378</v>
+        <v>2380</v>
       </c>
       <c r="F1169" s="4"/>
       <c r="G1169" s="4"/>
       <c r="H1169" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1169" s="4" t="s">
-        <v>640</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1170">
       <c r="A1170" s="4">
-        <v>100017</v>
+        <v>101280</v>
       </c>
       <c r="B1170" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1170" s="4" t="s">
-        <v>2379</v>
+        <v>2381</v>
       </c>
       <c r="D1170" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1170" s="4" t="s">
-        <v>2380</v>
+        <v>2382</v>
       </c>
       <c r="F1170" s="4"/>
       <c r="G1170" s="4"/>
       <c r="H1170" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1170" s="4" t="s">
-        <v>839</v>
+        <v>576</v>
       </c>
     </row>
     <row r="1171">
       <c r="A1171" s="4">
-        <v>101110</v>
+        <v>100512</v>
       </c>
       <c r="B1171" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1171" s="4" t="s">
-        <v>2381</v>
+        <v>2383</v>
       </c>
       <c r="D1171" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1171" s="4" t="s">
-        <v>2382</v>
+        <v>2384</v>
       </c>
       <c r="F1171" s="4"/>
       <c r="G1171" s="4"/>
       <c r="H1171" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1171" s="4" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
     </row>
     <row r="1172">
       <c r="A1172" s="4">
-        <v>100524</v>
+        <v>100525</v>
       </c>
       <c r="B1172" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1172" s="4" t="s">
-        <v>2383</v>
+        <v>2385</v>
       </c>
       <c r="D1172" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1172" s="4" t="s">
-        <v>2384</v>
+        <v>2386</v>
       </c>
       <c r="F1172" s="4"/>
       <c r="G1172" s="4"/>
       <c r="H1172" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1172" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1173">
       <c r="A1173" s="4">
-        <v>100521</v>
+        <v>100530</v>
       </c>
       <c r="B1173" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1173" s="4" t="s">
-        <v>2385</v>
+        <v>2387</v>
       </c>
       <c r="D1173" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1173" s="4" t="s">
-        <v>2386</v>
+        <v>2388</v>
       </c>
       <c r="F1173" s="4"/>
       <c r="G1173" s="4"/>
       <c r="H1173" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1173" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1174">
       <c r="A1174" s="4">
-        <v>100519</v>
+        <v>100518</v>
       </c>
       <c r="B1174" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1174" s="4" t="s">
-        <v>2387</v>
+        <v>2389</v>
       </c>
       <c r="D1174" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1174" s="4" t="s">
-        <v>2388</v>
+        <v>2390</v>
       </c>
       <c r="F1174" s="4"/>
       <c r="G1174" s="4"/>
       <c r="H1174" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1174" s="4" t="s">
-        <v>640</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1175">
       <c r="A1175" s="4">
-        <v>100523</v>
+        <v>100513</v>
       </c>
       <c r="B1175" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1175" s="4" t="s">
-        <v>2389</v>
+        <v>2391</v>
       </c>
       <c r="D1175" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1175" s="4" t="s">
-        <v>2390</v>
+        <v>2392</v>
       </c>
       <c r="F1175" s="4"/>
       <c r="G1175" s="4"/>
       <c r="H1175" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1175" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1176">
       <c r="A1176" s="4">
-        <v>100522</v>
+        <v>100167</v>
       </c>
       <c r="B1176" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1176" s="4" t="s">
-        <v>2391</v>
+        <v>2393</v>
       </c>
       <c r="D1176" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1176" s="4" t="s">
-        <v>2392</v>
+        <v>2394</v>
       </c>
       <c r="F1176" s="4"/>
       <c r="G1176" s="4"/>
       <c r="H1176" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1176" s="4" t="s">
-        <v>839</v>
+        <v>17</v>
       </c>
     </row>
     <row r="1177">
       <c r="A1177" s="4">
-        <v>100168</v>
+        <v>100527</v>
       </c>
       <c r="B1177" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1177" s="4" t="s">
-        <v>2393</v>
+        <v>2395</v>
       </c>
       <c r="D1177" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1177" s="4" t="s">
-        <v>2394</v>
+        <v>2396</v>
       </c>
       <c r="F1177" s="4"/>
       <c r="G1177" s="4"/>
       <c r="H1177" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1177" s="4" t="s">
-        <v>382</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1178">
       <c r="A1178" s="4">
-        <v>100516</v>
+        <v>100529</v>
       </c>
       <c r="B1178" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1178" s="4" t="s">
-        <v>2395</v>
+        <v>2397</v>
       </c>
       <c r="D1178" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1178" s="4" t="s">
-        <v>2396</v>
+        <v>2398</v>
       </c>
       <c r="F1178" s="4"/>
       <c r="G1178" s="4"/>
       <c r="H1178" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1178" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1179">
       <c r="A1179" s="4">
-        <v>100514</v>
+        <v>100528</v>
       </c>
       <c r="B1179" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1179" s="4" t="s">
-        <v>2397</v>
+        <v>2399</v>
       </c>
       <c r="D1179" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1179" s="4" t="s">
-        <v>2398</v>
+        <v>2400</v>
       </c>
       <c r="F1179" s="4"/>
       <c r="G1179" s="4"/>
       <c r="H1179" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1179" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1180">
       <c r="A1180" s="4">
-        <v>100515</v>
+        <v>100090</v>
       </c>
       <c r="B1180" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1180" s="4" t="s">
-        <v>2399</v>
+        <v>2401</v>
       </c>
       <c r="D1180" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1180" s="4" t="s">
-        <v>2400</v>
+        <v>2402</v>
       </c>
       <c r="F1180" s="4"/>
       <c r="G1180" s="4"/>
       <c r="H1180" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1180" s="4" t="s">
-        <v>839</v>
+        <v>27</v>
       </c>
     </row>
     <row r="1181">
       <c r="A1181" s="4">
-        <v>100517</v>
+        <v>100511</v>
       </c>
       <c r="B1181" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1181" s="4" t="s">
-        <v>2401</v>
+        <v>2403</v>
       </c>
       <c r="D1181" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1181" s="4" t="s">
-        <v>2402</v>
+        <v>2404</v>
       </c>
       <c r="F1181" s="4"/>
       <c r="G1181" s="4"/>
       <c r="H1181" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1181" s="4" t="s">
-        <v>839</v>
+        <v>643</v>
       </c>
     </row>
     <row r="1182">
       <c r="A1182" s="4">
-        <v>100520</v>
+        <v>100017</v>
       </c>
       <c r="B1182" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1182" s="4" t="s">
-        <v>2403</v>
+        <v>2405</v>
       </c>
       <c r="D1182" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1182" s="4" t="s">
-        <v>2404</v>
+        <v>2406</v>
       </c>
       <c r="F1182" s="4"/>
       <c r="G1182" s="4"/>
       <c r="H1182" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1182" s="4" t="s">
-        <v>17</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1183">
       <c r="A1183" s="4">
-        <v>100458</v>
+        <v>101110</v>
       </c>
       <c r="B1183" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1183" s="4" t="s">
-        <v>2405</v>
+        <v>2407</v>
       </c>
       <c r="D1183" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1183" s="4" t="s">
-        <v>2406</v>
+        <v>2408</v>
       </c>
       <c r="F1183" s="4"/>
       <c r="G1183" s="4"/>
       <c r="H1183" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1183" s="4" t="s">
-        <v>839</v>
+        <v>14</v>
       </c>
     </row>
     <row r="1184">
       <c r="A1184" s="4">
-        <v>100463</v>
+        <v>100524</v>
       </c>
       <c r="B1184" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1184" s="4" t="s">
-        <v>2407</v>
+        <v>2409</v>
       </c>
       <c r="D1184" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1184" s="4" t="s">
-        <v>2408</v>
+        <v>2410</v>
       </c>
       <c r="F1184" s="4"/>
       <c r="G1184" s="4"/>
       <c r="H1184" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1184" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1185">
       <c r="A1185" s="4">
-        <v>100472</v>
+        <v>100521</v>
       </c>
       <c r="B1185" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1185" s="4" t="s">
-        <v>2409</v>
+        <v>2411</v>
       </c>
       <c r="D1185" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1185" s="4" t="s">
-        <v>2410</v>
+        <v>2412</v>
       </c>
       <c r="F1185" s="4"/>
       <c r="G1185" s="4"/>
       <c r="H1185" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1185" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1186">
       <c r="A1186" s="4">
-        <v>100470</v>
+        <v>100519</v>
       </c>
       <c r="B1186" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1186" s="4" t="s">
-        <v>2411</v>
+        <v>2413</v>
       </c>
       <c r="D1186" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1186" s="4" t="s">
-        <v>2412</v>
+        <v>2414</v>
       </c>
       <c r="F1186" s="4"/>
       <c r="G1186" s="4"/>
       <c r="H1186" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1186" s="4" t="s">
-        <v>839</v>
+        <v>643</v>
       </c>
     </row>
     <row r="1187">
       <c r="A1187" s="4">
-        <v>101148</v>
+        <v>100523</v>
       </c>
       <c r="B1187" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1187" s="4" t="s">
-        <v>2413</v>
+        <v>2415</v>
       </c>
       <c r="D1187" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1187" s="4" t="s">
-        <v>2414</v>
+        <v>2416</v>
       </c>
       <c r="F1187" s="4"/>
       <c r="G1187" s="4"/>
       <c r="H1187" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1187" s="4" t="s">
-        <v>2415</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1188">
       <c r="A1188" s="4">
-        <v>100457</v>
+        <v>100522</v>
       </c>
       <c r="B1188" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1188" s="4" t="s">
-        <v>2416</v>
+        <v>2417</v>
       </c>
       <c r="D1188" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1188" s="4" t="s">
-        <v>2417</v>
+        <v>2418</v>
       </c>
       <c r="F1188" s="4"/>
       <c r="G1188" s="4"/>
       <c r="H1188" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1188" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1189">
       <c r="A1189" s="4">
-        <v>100084</v>
+        <v>100168</v>
       </c>
       <c r="B1189" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1189" s="4" t="s">
-        <v>2418</v>
+        <v>2419</v>
       </c>
       <c r="D1189" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1189" s="4" t="s">
-        <v>2419</v>
+        <v>2420</v>
       </c>
       <c r="F1189" s="4"/>
       <c r="G1189" s="4"/>
       <c r="H1189" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1189" s="4" t="s">
-        <v>27</v>
+        <v>382</v>
       </c>
     </row>
     <row r="1190">
       <c r="A1190" s="4">
-        <v>100456</v>
+        <v>100516</v>
       </c>
       <c r="B1190" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1190" s="4" t="s">
-        <v>2420</v>
+        <v>2421</v>
       </c>
       <c r="D1190" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1190" s="4" t="s">
-        <v>2421</v>
+        <v>2422</v>
       </c>
       <c r="F1190" s="4"/>
       <c r="G1190" s="4"/>
       <c r="H1190" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1190" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1191">
       <c r="A1191" s="4">
-        <v>100085</v>
+        <v>100514</v>
       </c>
       <c r="B1191" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1191" s="4" t="s">
-        <v>2422</v>
+        <v>2423</v>
       </c>
       <c r="D1191" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1191" s="4" t="s">
-        <v>2423</v>
+        <v>2424</v>
       </c>
       <c r="F1191" s="4"/>
       <c r="G1191" s="4"/>
       <c r="H1191" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1191" s="4" t="s">
-        <v>27</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1192">
       <c r="A1192" s="4">
-        <v>100460</v>
+        <v>100515</v>
       </c>
       <c r="B1192" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1192" s="4" t="s">
-        <v>2424</v>
+        <v>2425</v>
       </c>
       <c r="D1192" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1192" s="4" t="s">
-        <v>2425</v>
+        <v>2426</v>
       </c>
       <c r="F1192" s="4"/>
       <c r="G1192" s="4"/>
       <c r="H1192" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1192" s="4" t="s">
-        <v>158</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1193">
       <c r="A1193" s="4">
-        <v>101050</v>
+        <v>100517</v>
       </c>
       <c r="B1193" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1193" s="4" t="s">
-        <v>2426</v>
+        <v>2427</v>
       </c>
       <c r="D1193" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1193" s="4" t="s">
-        <v>2427</v>
+        <v>2428</v>
       </c>
       <c r="F1193" s="4"/>
       <c r="G1193" s="4"/>
       <c r="H1193" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1193" s="4" t="s">
-        <v>14</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1194">
       <c r="A1194" s="4">
-        <v>100464</v>
+        <v>100520</v>
       </c>
       <c r="B1194" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1194" s="4" t="s">
-        <v>2428</v>
+        <v>2429</v>
       </c>
       <c r="D1194" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1194" s="4" t="s">
-        <v>2429</v>
+        <v>2430</v>
       </c>
       <c r="F1194" s="4"/>
       <c r="G1194" s="4"/>
       <c r="H1194" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1194" s="4" t="s">
-        <v>158</v>
+        <v>17</v>
       </c>
     </row>
     <row r="1195">
       <c r="A1195" s="4">
-        <v>101049</v>
+        <v>100458</v>
       </c>
       <c r="B1195" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1195" s="4" t="s">
-        <v>2430</v>
+        <v>2431</v>
       </c>
       <c r="D1195" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1195" s="4" t="s">
-        <v>2431</v>
+        <v>2432</v>
       </c>
       <c r="F1195" s="4"/>
       <c r="G1195" s="4"/>
       <c r="H1195" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1195" s="4" t="s">
-        <v>14</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1196">
       <c r="A1196" s="4">
-        <v>100465</v>
+        <v>100463</v>
       </c>
       <c r="B1196" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1196" s="4" t="s">
-        <v>2432</v>
+        <v>2433</v>
       </c>
       <c r="D1196" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1196" s="4" t="s">
-        <v>2433</v>
+        <v>2434</v>
       </c>
       <c r="F1196" s="4"/>
       <c r="G1196" s="4"/>
       <c r="H1196" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1196" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1197">
       <c r="A1197" s="4">
-        <v>100462</v>
+        <v>100472</v>
       </c>
       <c r="B1197" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1197" s="4" t="s">
-        <v>2434</v>
+        <v>2435</v>
       </c>
       <c r="D1197" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1197" s="4" t="s">
-        <v>2435</v>
+        <v>2436</v>
       </c>
       <c r="F1197" s="4"/>
       <c r="G1197" s="4"/>
       <c r="H1197" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1197" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1198">
       <c r="A1198" s="4">
-        <v>100115</v>
+        <v>100470</v>
       </c>
       <c r="B1198" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1198" s="4" t="s">
-        <v>2436</v>
+        <v>2437</v>
       </c>
       <c r="D1198" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1198" s="4" t="s">
-        <v>2437</v>
+        <v>2438</v>
       </c>
       <c r="F1198" s="4"/>
       <c r="G1198" s="4"/>
       <c r="H1198" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1198" s="4" t="s">
-        <v>158</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1199">
       <c r="A1199" s="4">
-        <v>100002</v>
+        <v>101148</v>
       </c>
       <c r="B1199" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1199" s="4" t="s">
-        <v>2438</v>
+        <v>2439</v>
       </c>
       <c r="D1199" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1199" s="4" t="s">
-        <v>2439</v>
+        <v>2440</v>
       </c>
       <c r="F1199" s="4"/>
       <c r="G1199" s="4"/>
       <c r="H1199" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1199" s="4" t="s">
-        <v>839</v>
+        <v>2441</v>
       </c>
     </row>
     <row r="1200">
       <c r="A1200" s="4">
-        <v>101041</v>
+        <v>100457</v>
       </c>
       <c r="B1200" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1200" s="4" t="s">
-        <v>2440</v>
+        <v>2442</v>
       </c>
       <c r="D1200" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1200" s="4" t="s">
-        <v>2441</v>
+        <v>2443</v>
       </c>
       <c r="F1200" s="4"/>
       <c r="G1200" s="4"/>
       <c r="H1200" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1200" s="4" t="s">
-        <v>14</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1201">
       <c r="A1201" s="4">
-        <v>100466</v>
+        <v>100084</v>
       </c>
       <c r="B1201" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1201" s="4" t="s">
-        <v>2442</v>
+        <v>2444</v>
       </c>
       <c r="D1201" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1201" s="4" t="s">
-        <v>2443</v>
+        <v>2445</v>
       </c>
       <c r="F1201" s="4"/>
       <c r="G1201" s="4"/>
       <c r="H1201" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1201" s="4" t="s">
-        <v>158</v>
+        <v>27</v>
       </c>
     </row>
     <row r="1202">
       <c r="A1202" s="4">
-        <v>100461</v>
+        <v>100456</v>
       </c>
       <c r="B1202" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1202" s="4" t="s">
-        <v>2444</v>
+        <v>2446</v>
       </c>
       <c r="D1202" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1202" s="4" t="s">
-        <v>2445</v>
+        <v>2447</v>
       </c>
       <c r="F1202" s="4"/>
       <c r="G1202" s="4"/>
       <c r="H1202" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1202" s="4" t="s">
-        <v>219</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1203">
       <c r="A1203" s="4">
-        <v>100467</v>
+        <v>100085</v>
       </c>
       <c r="B1203" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1203" s="4" t="s">
-        <v>2446</v>
+        <v>2448</v>
       </c>
       <c r="D1203" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1203" s="4" t="s">
-        <v>2447</v>
+        <v>2449</v>
       </c>
       <c r="F1203" s="4"/>
       <c r="G1203" s="4"/>
       <c r="H1203" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1203" s="4" t="s">
-        <v>158</v>
+        <v>27</v>
       </c>
     </row>
     <row r="1204">
       <c r="A1204" s="4">
-        <v>100469</v>
+        <v>100460</v>
       </c>
       <c r="B1204" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1204" s="4" t="s">
-        <v>2448</v>
+        <v>2450</v>
       </c>
       <c r="D1204" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1204" s="4" t="s">
-        <v>2449</v>
+        <v>2451</v>
       </c>
       <c r="F1204" s="4"/>
       <c r="G1204" s="4"/>
       <c r="H1204" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1204" s="4" t="s">
-        <v>839</v>
+        <v>158</v>
       </c>
     </row>
     <row r="1205">
       <c r="A1205" s="4">
-        <v>100475</v>
+        <v>101050</v>
       </c>
       <c r="B1205" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1205" s="4" t="s">
-        <v>2450</v>
+        <v>2452</v>
       </c>
       <c r="D1205" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1205" s="4" t="s">
-        <v>2451</v>
+        <v>2453</v>
       </c>
       <c r="F1205" s="4"/>
       <c r="G1205" s="4"/>
       <c r="H1205" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1205" s="4" t="s">
-        <v>839</v>
+        <v>14</v>
       </c>
     </row>
     <row r="1206">
       <c r="A1206" s="4">
-        <v>100473</v>
+        <v>100464</v>
       </c>
       <c r="B1206" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1206" s="4" t="s">
-        <v>2452</v>
+        <v>2454</v>
       </c>
       <c r="D1206" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1206" s="4" t="s">
-        <v>2453</v>
+        <v>2455</v>
       </c>
       <c r="F1206" s="4"/>
       <c r="G1206" s="4"/>
       <c r="H1206" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1206" s="4" t="s">
-        <v>839</v>
+        <v>158</v>
       </c>
     </row>
     <row r="1207">
       <c r="A1207" s="4">
-        <v>100125</v>
+        <v>101049</v>
       </c>
       <c r="B1207" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1207" s="4" t="s">
-        <v>2454</v>
+        <v>2456</v>
       </c>
       <c r="D1207" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1207" s="4" t="s">
-        <v>2455</v>
+        <v>2457</v>
       </c>
       <c r="F1207" s="4"/>
       <c r="G1207" s="4"/>
       <c r="H1207" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1207" s="4" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
     </row>
     <row r="1208">
       <c r="A1208" s="4">
-        <v>100126</v>
+        <v>100465</v>
       </c>
       <c r="B1208" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1208" s="4" t="s">
-        <v>2456</v>
+        <v>2458</v>
       </c>
       <c r="D1208" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1208" s="4" t="s">
-        <v>2457</v>
+        <v>2459</v>
       </c>
       <c r="F1208" s="4"/>
       <c r="G1208" s="4"/>
       <c r="H1208" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1208" s="4" t="s">
-        <v>27</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1209">
       <c r="A1209" s="4">
-        <v>100474</v>
+        <v>100462</v>
       </c>
       <c r="B1209" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1209" s="4" t="s">
-        <v>2458</v>
+        <v>2460</v>
       </c>
       <c r="D1209" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1209" s="4" t="s">
-        <v>2459</v>
+        <v>2461</v>
       </c>
       <c r="F1209" s="4"/>
       <c r="G1209" s="4"/>
       <c r="H1209" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1209" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1210">
       <c r="A1210" s="4">
-        <v>100127</v>
+        <v>100115</v>
       </c>
       <c r="B1210" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1210" s="4" t="s">
-        <v>2460</v>
+        <v>2462</v>
       </c>
       <c r="D1210" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1210" s="4" t="s">
-        <v>2461</v>
+        <v>2463</v>
       </c>
       <c r="F1210" s="4"/>
       <c r="G1210" s="4"/>
       <c r="H1210" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1210" s="4" t="s">
-        <v>27</v>
+        <v>158</v>
       </c>
     </row>
     <row r="1211">
       <c r="A1211" s="4">
-        <v>100182</v>
+        <v>100002</v>
       </c>
       <c r="B1211" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1211" s="4" t="s">
-        <v>2462</v>
+        <v>2464</v>
       </c>
       <c r="D1211" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1211" s="4" t="s">
-        <v>2463</v>
+        <v>2465</v>
       </c>
       <c r="F1211" s="4"/>
       <c r="G1211" s="4"/>
       <c r="H1211" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1211" s="4" t="s">
-        <v>382</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1212">
       <c r="A1212" s="4">
-        <v>101217</v>
+        <v>101041</v>
       </c>
       <c r="B1212" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1212" s="4" t="s">
-        <v>2464</v>
+        <v>2466</v>
       </c>
       <c r="D1212" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1212" s="4" t="s">
-        <v>2465</v>
+        <v>2467</v>
       </c>
       <c r="F1212" s="4"/>
       <c r="G1212" s="4"/>
       <c r="H1212" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1212" s="4" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
     </row>
     <row r="1213">
       <c r="A1213" s="4">
-        <v>101218</v>
+        <v>100466</v>
       </c>
       <c r="B1213" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1213" s="4" t="s">
-        <v>2466</v>
+        <v>2468</v>
       </c>
       <c r="D1213" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1213" s="4" t="s">
-        <v>2467</v>
+        <v>2469</v>
       </c>
       <c r="F1213" s="4"/>
       <c r="G1213" s="4"/>
       <c r="H1213" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1213" s="4" t="s">
-        <v>22</v>
+        <v>158</v>
       </c>
     </row>
     <row r="1214">
       <c r="A1214" s="4">
-        <v>100183</v>
+        <v>100461</v>
       </c>
       <c r="B1214" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1214" s="4" t="s">
-        <v>2468</v>
+        <v>2470</v>
       </c>
       <c r="D1214" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1214" s="4" t="s">
-        <v>2469</v>
+        <v>2471</v>
       </c>
       <c r="F1214" s="4"/>
       <c r="G1214" s="4"/>
       <c r="H1214" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1214" s="4" t="s">
-        <v>382</v>
+        <v>219</v>
       </c>
     </row>
     <row r="1215">
       <c r="A1215" s="4">
-        <v>100184</v>
+        <v>100467</v>
       </c>
       <c r="B1215" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1215" s="4" t="s">
-        <v>2470</v>
+        <v>2472</v>
       </c>
       <c r="D1215" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1215" s="4" t="s">
-        <v>2471</v>
+        <v>2473</v>
       </c>
       <c r="F1215" s="4"/>
       <c r="G1215" s="4"/>
       <c r="H1215" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1215" s="4" t="s">
-        <v>382</v>
+        <v>158</v>
       </c>
     </row>
     <row r="1216">
       <c r="A1216" s="4">
-        <v>100162</v>
+        <v>100469</v>
       </c>
       <c r="B1216" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1216" s="4" t="s">
-        <v>2472</v>
+        <v>2474</v>
       </c>
       <c r="D1216" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1216" s="4" t="s">
-        <v>2473</v>
+        <v>2475</v>
       </c>
       <c r="F1216" s="4"/>
       <c r="G1216" s="4"/>
       <c r="H1216" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1216" s="4" t="s">
-        <v>382</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1217">
       <c r="A1217" s="4">
-        <v>100190</v>
+        <v>100475</v>
       </c>
       <c r="B1217" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1217" s="4" t="s">
-        <v>2474</v>
+        <v>2476</v>
       </c>
       <c r="D1217" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1217" s="4" t="s">
-        <v>2475</v>
+        <v>2477</v>
       </c>
       <c r="F1217" s="4"/>
       <c r="G1217" s="4"/>
       <c r="H1217" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1217" s="4" t="s">
-        <v>382</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1218">
       <c r="A1218" s="4">
-        <v>100431</v>
+        <v>100473</v>
       </c>
       <c r="B1218" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1218" s="4" t="s">
-        <v>2476</v>
+        <v>2478</v>
       </c>
       <c r="D1218" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1218" s="4" t="s">
-        <v>2477</v>
+        <v>2479</v>
       </c>
       <c r="F1218" s="4"/>
       <c r="G1218" s="4"/>
       <c r="H1218" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1218" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1219">
       <c r="A1219" s="4">
-        <v>100459</v>
+        <v>100125</v>
       </c>
       <c r="B1219" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1219" s="4" t="s">
-        <v>2478</v>
+        <v>2480</v>
       </c>
       <c r="D1219" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1219" s="4" t="s">
-        <v>2479</v>
+        <v>2481</v>
       </c>
       <c r="F1219" s="4"/>
       <c r="G1219" s="4"/>
       <c r="H1219" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1219" s="4" t="s">
-        <v>839</v>
+        <v>27</v>
       </c>
     </row>
     <row r="1220">
       <c r="A1220" s="4">
-        <v>101074</v>
+        <v>100126</v>
       </c>
       <c r="B1220" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1220" s="4" t="s">
-        <v>2480</v>
+        <v>2482</v>
       </c>
       <c r="D1220" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1220" s="4" t="s">
-        <v>2481</v>
+        <v>2483</v>
       </c>
       <c r="F1220" s="4"/>
       <c r="G1220" s="4"/>
       <c r="H1220" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1220" s="4" t="s">
-        <v>2482</v>
+        <v>27</v>
       </c>
     </row>
     <row r="1221">
       <c r="A1221" s="4">
-        <v>100029</v>
+        <v>100474</v>
       </c>
       <c r="B1221" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1221" s="4" t="s">
-        <v>2483</v>
+        <v>2484</v>
       </c>
       <c r="D1221" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1221" s="4" t="s">
-        <v>2484</v>
+        <v>2485</v>
       </c>
       <c r="F1221" s="4"/>
       <c r="G1221" s="4"/>
       <c r="H1221" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1221" s="4" t="s">
-        <v>14</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1222">
       <c r="A1222" s="4">
-        <v>100471</v>
+        <v>100127</v>
       </c>
       <c r="B1222" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1222" s="4" t="s">
-        <v>2485</v>
+        <v>2486</v>
       </c>
       <c r="D1222" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1222" s="4" t="s">
-        <v>2486</v>
+        <v>2487</v>
       </c>
       <c r="F1222" s="4"/>
       <c r="G1222" s="4"/>
       <c r="H1222" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1222" s="4" t="s">
-        <v>839</v>
+        <v>27</v>
       </c>
     </row>
     <row r="1223">
       <c r="A1223" s="4">
-        <v>101219</v>
+        <v>100182</v>
       </c>
       <c r="B1223" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1223" s="4" t="s">
-        <v>2487</v>
+        <v>2488</v>
       </c>
       <c r="D1223" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1223" s="4" t="s">
-        <v>2488</v>
+        <v>2489</v>
       </c>
       <c r="F1223" s="4"/>
       <c r="G1223" s="4"/>
       <c r="H1223" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1223" s="4" t="s">
-        <v>22</v>
+        <v>382</v>
       </c>
     </row>
     <row r="1224">
       <c r="A1224" s="4">
-        <v>101228</v>
+        <v>101217</v>
       </c>
       <c r="B1224" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1224" s="4" t="s">
-        <v>2489</v>
+        <v>2490</v>
       </c>
       <c r="D1224" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1224" s="4" t="s">
-        <v>2490</v>
+        <v>2491</v>
       </c>
       <c r="F1224" s="4"/>
       <c r="G1224" s="4"/>
       <c r="H1224" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1224" s="4" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="1225">
       <c r="A1225" s="4">
-        <v>101073</v>
+        <v>101218</v>
       </c>
       <c r="B1225" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1225" s="4" t="s">
-        <v>2491</v>
+        <v>2492</v>
       </c>
       <c r="D1225" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1225" s="4" t="s">
-        <v>2492</v>
+        <v>2493</v>
       </c>
       <c r="F1225" s="4"/>
       <c r="G1225" s="4"/>
       <c r="H1225" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1225" s="4" t="s">
-        <v>158</v>
+        <v>22</v>
       </c>
     </row>
     <row r="1226">
       <c r="A1226" s="4">
-        <v>101079</v>
+        <v>100183</v>
       </c>
       <c r="B1226" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1226" s="4" t="s">
-        <v>2493</v>
+        <v>2494</v>
       </c>
       <c r="D1226" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1226" s="4" t="s">
-        <v>2494</v>
+        <v>2495</v>
       </c>
       <c r="F1226" s="4"/>
       <c r="G1226" s="4"/>
       <c r="H1226" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1226" s="4" t="s">
-        <v>14</v>
+        <v>382</v>
       </c>
     </row>
     <row r="1227">
       <c r="A1227" s="4">
-        <v>100468</v>
+        <v>100184</v>
       </c>
       <c r="B1227" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1227" s="4" t="s">
-        <v>2495</v>
+        <v>2496</v>
       </c>
       <c r="D1227" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1227" s="4" t="s">
-        <v>2496</v>
+        <v>2497</v>
       </c>
       <c r="F1227" s="4"/>
       <c r="G1227" s="4"/>
       <c r="H1227" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1227" s="4" t="s">
-        <v>839</v>
+        <v>382</v>
       </c>
     </row>
     <row r="1228">
       <c r="A1228" s="4">
-        <v>101244</v>
+        <v>100162</v>
       </c>
       <c r="B1228" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1228" s="4" t="s">
-        <v>2497</v>
+        <v>2498</v>
       </c>
       <c r="D1228" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1228" s="4" t="s">
-        <v>2498</v>
+        <v>2499</v>
       </c>
       <c r="F1228" s="4"/>
       <c r="G1228" s="4"/>
       <c r="H1228" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1228" s="4" t="s">
-        <v>22</v>
+        <v>382</v>
       </c>
     </row>
     <row r="1229">
       <c r="A1229" s="4">
-        <v>100560</v>
+        <v>100190</v>
       </c>
       <c r="B1229" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1229" s="4" t="s">
-        <v>2499</v>
+        <v>2500</v>
       </c>
       <c r="D1229" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1229" s="4" t="s">
-        <v>2500</v>
+        <v>2501</v>
       </c>
       <c r="F1229" s="4"/>
       <c r="G1229" s="4"/>
       <c r="H1229" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1229" s="4" t="s">
-        <v>839</v>
+        <v>382</v>
       </c>
     </row>
     <row r="1230">
       <c r="A1230" s="4">
-        <v>100533</v>
+        <v>100431</v>
       </c>
       <c r="B1230" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1230" s="4" t="s">
-        <v>2501</v>
+        <v>2502</v>
       </c>
       <c r="D1230" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1230" s="4" t="s">
-        <v>2502</v>
+        <v>2503</v>
       </c>
       <c r="F1230" s="4"/>
       <c r="G1230" s="4"/>
       <c r="H1230" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1230" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1231">
       <c r="A1231" s="4">
-        <v>100116</v>
+        <v>100459</v>
       </c>
       <c r="B1231" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1231" s="4" t="s">
-        <v>2503</v>
+        <v>2504</v>
       </c>
       <c r="D1231" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1231" s="4" t="s">
-        <v>2504</v>
+        <v>2505</v>
       </c>
       <c r="F1231" s="4"/>
       <c r="G1231" s="4"/>
       <c r="H1231" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1231" s="4" t="s">
-        <v>129</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1232">
       <c r="A1232" s="4">
-        <v>100078</v>
+        <v>101074</v>
       </c>
       <c r="B1232" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1232" s="4" t="s">
-        <v>2505</v>
+        <v>2506</v>
       </c>
       <c r="D1232" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1232" s="4" t="s">
-        <v>2506</v>
+        <v>2507</v>
       </c>
       <c r="F1232" s="4"/>
       <c r="G1232" s="4"/>
       <c r="H1232" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1232" s="4" t="s">
-        <v>27</v>
+        <v>2508</v>
       </c>
     </row>
     <row r="1233">
       <c r="A1233" s="4">
-        <v>100535</v>
+        <v>100029</v>
       </c>
       <c r="B1233" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1233" s="4" t="s">
-        <v>2507</v>
+        <v>2509</v>
       </c>
       <c r="D1233" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1233" s="4" t="s">
-        <v>2508</v>
+        <v>2510</v>
       </c>
       <c r="F1233" s="4"/>
       <c r="G1233" s="4"/>
       <c r="H1233" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1233" s="4" t="s">
-        <v>839</v>
+        <v>14</v>
       </c>
     </row>
     <row r="1234">
       <c r="A1234" s="4">
-        <v>100563</v>
+        <v>100471</v>
       </c>
       <c r="B1234" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1234" s="4" t="s">
-        <v>2509</v>
+        <v>2511</v>
       </c>
       <c r="D1234" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1234" s="4" t="s">
-        <v>2510</v>
+        <v>2512</v>
       </c>
       <c r="F1234" s="4"/>
       <c r="G1234" s="4"/>
       <c r="H1234" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1234" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1235">
       <c r="A1235" s="4">
-        <v>100565</v>
+        <v>101219</v>
       </c>
       <c r="B1235" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1235" s="4" t="s">
-        <v>2511</v>
+        <v>2513</v>
       </c>
       <c r="D1235" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1235" s="4" t="s">
-        <v>2512</v>
+        <v>2514</v>
       </c>
       <c r="F1235" s="4"/>
       <c r="G1235" s="4"/>
       <c r="H1235" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1235" s="4" t="s">
-        <v>839</v>
+        <v>22</v>
       </c>
     </row>
     <row r="1236">
       <c r="A1236" s="4">
-        <v>100567</v>
+        <v>101228</v>
       </c>
       <c r="B1236" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1236" s="4" t="s">
-        <v>2513</v>
+        <v>2515</v>
       </c>
       <c r="D1236" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1236" s="4" t="s">
-        <v>2514</v>
+        <v>2516</v>
       </c>
       <c r="F1236" s="4"/>
       <c r="G1236" s="4"/>
       <c r="H1236" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1236" s="4" t="s">
-        <v>839</v>
+        <v>22</v>
       </c>
     </row>
     <row r="1237">
       <c r="A1237" s="4">
-        <v>100566</v>
+        <v>101073</v>
       </c>
       <c r="B1237" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1237" s="4" t="s">
-        <v>2515</v>
+        <v>2517</v>
       </c>
       <c r="D1237" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1237" s="4" t="s">
-        <v>2516</v>
+        <v>2518</v>
       </c>
       <c r="F1237" s="4"/>
       <c r="G1237" s="4"/>
       <c r="H1237" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1237" s="4" t="s">
-        <v>839</v>
+        <v>158</v>
       </c>
     </row>
     <row r="1238">
       <c r="A1238" s="4">
-        <v>100568</v>
+        <v>101079</v>
       </c>
       <c r="B1238" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1238" s="4" t="s">
-        <v>2517</v>
+        <v>2519</v>
       </c>
       <c r="D1238" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1238" s="4" t="s">
-        <v>2518</v>
+        <v>2520</v>
       </c>
       <c r="F1238" s="4"/>
       <c r="G1238" s="4"/>
       <c r="H1238" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1238" s="4" t="s">
-        <v>839</v>
+        <v>14</v>
       </c>
     </row>
     <row r="1239">
       <c r="A1239" s="4">
-        <v>100564</v>
+        <v>100468</v>
       </c>
       <c r="B1239" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1239" s="4" t="s">
-        <v>2519</v>
+        <v>2521</v>
       </c>
       <c r="D1239" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1239" s="4" t="s">
-        <v>2520</v>
+        <v>2522</v>
       </c>
       <c r="F1239" s="4"/>
       <c r="G1239" s="4"/>
       <c r="H1239" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1239" s="4" t="s">
-        <v>640</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1240">
       <c r="A1240" s="4">
-        <v>100174</v>
+        <v>101244</v>
       </c>
       <c r="B1240" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1240" s="4" t="s">
-        <v>2521</v>
+        <v>2523</v>
       </c>
       <c r="D1240" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1240" s="4" t="s">
-        <v>2522</v>
+        <v>2524</v>
       </c>
       <c r="F1240" s="4"/>
       <c r="G1240" s="4"/>
       <c r="H1240" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1240" s="4" t="s">
-        <v>382</v>
+        <v>22</v>
       </c>
     </row>
     <row r="1241">
       <c r="A1241" s="4">
-        <v>100555</v>
+        <v>100560</v>
       </c>
       <c r="B1241" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1241" s="4" t="s">
-        <v>2523</v>
+        <v>2525</v>
       </c>
       <c r="D1241" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1241" s="4" t="s">
-        <v>2524</v>
+        <v>2526</v>
       </c>
       <c r="F1241" s="4"/>
       <c r="G1241" s="4"/>
       <c r="H1241" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1241" s="4" t="s">
-        <v>640</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1242">
       <c r="A1242" s="4">
-        <v>100556</v>
+        <v>101281</v>
       </c>
       <c r="B1242" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1242" s="4" t="s">
-        <v>2525</v>
+        <v>2527</v>
       </c>
       <c r="D1242" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1242" s="4" t="s">
-        <v>2526</v>
+        <v>2528</v>
       </c>
       <c r="F1242" s="4"/>
       <c r="G1242" s="4"/>
       <c r="H1242" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1242" s="4" t="s">
-        <v>839</v>
+        <v>576</v>
       </c>
     </row>
     <row r="1243">
       <c r="A1243" s="4">
-        <v>100561</v>
+        <v>100533</v>
       </c>
       <c r="B1243" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1243" s="4" t="s">
-        <v>2527</v>
+        <v>2529</v>
       </c>
       <c r="D1243" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1243" s="4" t="s">
-        <v>2528</v>
+        <v>2530</v>
       </c>
       <c r="F1243" s="4"/>
       <c r="G1243" s="4"/>
       <c r="H1243" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1243" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1244">
       <c r="A1244" s="4">
-        <v>100531</v>
+        <v>100116</v>
       </c>
       <c r="B1244" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1244" s="4" t="s">
-        <v>2529</v>
+        <v>2531</v>
       </c>
       <c r="D1244" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1244" s="4" t="s">
-        <v>2530</v>
+        <v>2532</v>
       </c>
       <c r="F1244" s="4"/>
       <c r="G1244" s="4"/>
       <c r="H1244" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1244" s="4" t="s">
-        <v>839</v>
+        <v>129</v>
       </c>
     </row>
     <row r="1245">
       <c r="A1245" s="4">
-        <v>100003</v>
+        <v>100078</v>
       </c>
       <c r="B1245" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1245" s="4" t="s">
-        <v>2531</v>
+        <v>2533</v>
       </c>
       <c r="D1245" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1245" s="4" t="s">
-        <v>2532</v>
+        <v>2534</v>
       </c>
       <c r="F1245" s="4"/>
       <c r="G1245" s="4"/>
       <c r="H1245" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1245" s="4" t="s">
-        <v>839</v>
+        <v>27</v>
       </c>
     </row>
     <row r="1246">
       <c r="A1246" s="4">
-        <v>100551</v>
+        <v>100535</v>
       </c>
       <c r="B1246" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1246" s="4" t="s">
-        <v>2533</v>
+        <v>2535</v>
       </c>
       <c r="D1246" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1246" s="4" t="s">
-        <v>2534</v>
+        <v>2536</v>
       </c>
       <c r="F1246" s="4"/>
       <c r="G1246" s="4"/>
       <c r="H1246" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1246" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1247">
       <c r="A1247" s="4">
-        <v>100554</v>
+        <v>100563</v>
       </c>
       <c r="B1247" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1247" s="4" t="s">
-        <v>2535</v>
+        <v>2537</v>
       </c>
       <c r="D1247" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1247" s="4" t="s">
-        <v>2536</v>
+        <v>2538</v>
       </c>
       <c r="F1247" s="4"/>
       <c r="G1247" s="4"/>
       <c r="H1247" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1247" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1248">
       <c r="A1248" s="4">
-        <v>100552</v>
+        <v>100565</v>
       </c>
       <c r="B1248" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1248" s="4" t="s">
-        <v>2537</v>
+        <v>2539</v>
       </c>
       <c r="D1248" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1248" s="4" t="s">
-        <v>2538</v>
+        <v>2540</v>
       </c>
       <c r="F1248" s="4"/>
       <c r="G1248" s="4"/>
       <c r="H1248" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1248" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1249">
       <c r="A1249" s="4">
-        <v>100553</v>
+        <v>100567</v>
       </c>
       <c r="B1249" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1249" s="4" t="s">
-        <v>2539</v>
+        <v>2541</v>
       </c>
       <c r="D1249" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1249" s="4" t="s">
-        <v>2540</v>
+        <v>2542</v>
       </c>
       <c r="F1249" s="4"/>
       <c r="G1249" s="4"/>
       <c r="H1249" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1249" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1250">
       <c r="A1250" s="4">
-        <v>100547</v>
+        <v>100566</v>
       </c>
       <c r="B1250" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1250" s="4" t="s">
-        <v>2541</v>
+        <v>2543</v>
       </c>
       <c r="D1250" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1250" s="4" t="s">
-        <v>2542</v>
+        <v>2544</v>
       </c>
       <c r="F1250" s="4"/>
       <c r="G1250" s="4"/>
       <c r="H1250" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1250" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1251">
       <c r="A1251" s="4">
-        <v>100546</v>
+        <v>100568</v>
       </c>
       <c r="B1251" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1251" s="4" t="s">
-        <v>2543</v>
+        <v>2545</v>
       </c>
       <c r="D1251" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1251" s="4" t="s">
-        <v>2544</v>
+        <v>2546</v>
       </c>
       <c r="F1251" s="4"/>
       <c r="G1251" s="4"/>
       <c r="H1251" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1251" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1252">
       <c r="A1252" s="4">
-        <v>100562</v>
+        <v>100564</v>
       </c>
       <c r="B1252" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1252" s="4" t="s">
-        <v>2545</v>
+        <v>2547</v>
       </c>
       <c r="D1252" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1252" s="4" t="s">
-        <v>2546</v>
+        <v>2548</v>
       </c>
       <c r="F1252" s="4"/>
       <c r="G1252" s="4"/>
       <c r="H1252" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1252" s="4" t="s">
-        <v>839</v>
+        <v>643</v>
       </c>
     </row>
     <row r="1253">
       <c r="A1253" s="4">
-        <v>100548</v>
+        <v>100174</v>
       </c>
       <c r="B1253" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1253" s="4" t="s">
-        <v>2547</v>
+        <v>2549</v>
       </c>
       <c r="D1253" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1253" s="4" t="s">
-        <v>2548</v>
+        <v>2550</v>
       </c>
       <c r="F1253" s="4"/>
       <c r="G1253" s="4"/>
       <c r="H1253" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1253" s="4" t="s">
-        <v>839</v>
+        <v>382</v>
       </c>
     </row>
     <row r="1254">
       <c r="A1254" s="4">
-        <v>100550</v>
+        <v>100555</v>
       </c>
       <c r="B1254" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1254" s="4" t="s">
-        <v>2549</v>
+        <v>2551</v>
       </c>
       <c r="D1254" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1254" s="4" t="s">
-        <v>2550</v>
+        <v>2552</v>
       </c>
       <c r="F1254" s="4"/>
       <c r="G1254" s="4"/>
       <c r="H1254" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1254" s="4" t="s">
-        <v>839</v>
+        <v>643</v>
       </c>
     </row>
     <row r="1255">
       <c r="A1255" s="4">
-        <v>100549</v>
+        <v>100556</v>
       </c>
       <c r="B1255" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1255" s="4" t="s">
-        <v>2551</v>
+        <v>2553</v>
       </c>
       <c r="D1255" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1255" s="4" t="s">
-        <v>2552</v>
+        <v>2554</v>
       </c>
       <c r="F1255" s="4"/>
       <c r="G1255" s="4"/>
       <c r="H1255" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1255" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1256">
       <c r="A1256" s="4">
-        <v>101221</v>
+        <v>100561</v>
       </c>
       <c r="B1256" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1256" s="4" t="s">
-        <v>2553</v>
+        <v>2555</v>
       </c>
       <c r="D1256" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1256" s="4" t="s">
-        <v>2554</v>
+        <v>2556</v>
       </c>
       <c r="F1256" s="4"/>
       <c r="G1256" s="4"/>
       <c r="H1256" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1256" s="4" t="s">
-        <v>22</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1257">
       <c r="A1257" s="4">
-        <v>100543</v>
+        <v>100531</v>
       </c>
       <c r="B1257" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1257" s="4" t="s">
-        <v>2555</v>
+        <v>2557</v>
       </c>
       <c r="D1257" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1257" s="4" t="s">
-        <v>2556</v>
+        <v>2558</v>
       </c>
       <c r="F1257" s="4"/>
       <c r="G1257" s="4"/>
       <c r="H1257" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1257" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1258">
       <c r="A1258" s="4">
-        <v>100541</v>
+        <v>100003</v>
       </c>
       <c r="B1258" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1258" s="4" t="s">
-        <v>2557</v>
+        <v>2559</v>
       </c>
       <c r="D1258" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1258" s="4" t="s">
-        <v>2558</v>
+        <v>2560</v>
       </c>
       <c r="F1258" s="4"/>
       <c r="G1258" s="4"/>
       <c r="H1258" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1258" s="4" t="s">
-        <v>640</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1259">
       <c r="A1259" s="4">
-        <v>100412</v>
+        <v>100551</v>
       </c>
       <c r="B1259" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1259" s="4" t="s">
-        <v>2559</v>
+        <v>2561</v>
       </c>
       <c r="D1259" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1259" s="4" t="s">
-        <v>2560</v>
+        <v>2562</v>
       </c>
       <c r="F1259" s="4"/>
       <c r="G1259" s="4"/>
       <c r="H1259" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1259" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1260">
       <c r="A1260" s="4">
-        <v>100413</v>
+        <v>100554</v>
       </c>
       <c r="B1260" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1260" s="4" t="s">
-        <v>2561</v>
+        <v>2563</v>
       </c>
       <c r="D1260" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1260" s="4" t="s">
-        <v>2562</v>
+        <v>2564</v>
       </c>
       <c r="F1260" s="4"/>
       <c r="G1260" s="4"/>
       <c r="H1260" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1260" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1261">
       <c r="A1261" s="4">
-        <v>100417</v>
+        <v>100552</v>
       </c>
       <c r="B1261" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1261" s="4" t="s">
-        <v>2563</v>
+        <v>2565</v>
       </c>
       <c r="D1261" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1261" s="4" t="s">
-        <v>2564</v>
+        <v>2566</v>
       </c>
       <c r="F1261" s="4"/>
       <c r="G1261" s="4"/>
       <c r="H1261" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1261" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1262">
       <c r="A1262" s="4">
-        <v>100545</v>
+        <v>100553</v>
       </c>
       <c r="B1262" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1262" s="4" t="s">
-        <v>2565</v>
+        <v>2567</v>
       </c>
       <c r="D1262" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1262" s="4" t="s">
-        <v>2566</v>
+        <v>2568</v>
       </c>
       <c r="F1262" s="4"/>
       <c r="G1262" s="4"/>
       <c r="H1262" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1262" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1263">
       <c r="A1263" s="4">
-        <v>100544</v>
+        <v>100547</v>
       </c>
       <c r="B1263" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1263" s="4" t="s">
-        <v>2567</v>
+        <v>2569</v>
       </c>
       <c r="D1263" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1263" s="4" t="s">
-        <v>2568</v>
+        <v>2570</v>
       </c>
       <c r="F1263" s="4"/>
       <c r="G1263" s="4"/>
       <c r="H1263" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1263" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1264">
       <c r="A1264" s="4">
-        <v>100558</v>
+        <v>100546</v>
       </c>
       <c r="B1264" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1264" s="4" t="s">
-        <v>2569</v>
+        <v>2571</v>
       </c>
       <c r="D1264" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1264" s="4" t="s">
-        <v>2570</v>
+        <v>2572</v>
       </c>
       <c r="F1264" s="4"/>
       <c r="G1264" s="4"/>
       <c r="H1264" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1264" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1265">
       <c r="A1265" s="4">
-        <v>100044</v>
+        <v>100562</v>
       </c>
       <c r="B1265" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1265" s="4" t="s">
-        <v>2571</v>
+        <v>2573</v>
       </c>
       <c r="D1265" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1265" s="4" t="s">
-        <v>2572</v>
+        <v>2574</v>
       </c>
       <c r="F1265" s="4"/>
       <c r="G1265" s="4"/>
       <c r="H1265" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1265" s="4" t="s">
-        <v>82</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1266">
       <c r="A1266" s="4">
-        <v>101059</v>
+        <v>100548</v>
       </c>
       <c r="B1266" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1266" s="4" t="s">
-        <v>2573</v>
+        <v>2575</v>
       </c>
       <c r="D1266" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1266" s="4" t="s">
-        <v>2574</v>
+        <v>2576</v>
       </c>
       <c r="F1266" s="4"/>
       <c r="G1266" s="4"/>
       <c r="H1266" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1266" s="4" t="s">
-        <v>14</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1267">
       <c r="A1267" s="4">
-        <v>100559</v>
+        <v>100550</v>
       </c>
       <c r="B1267" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1267" s="4" t="s">
-        <v>2575</v>
+        <v>2577</v>
       </c>
       <c r="D1267" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1267" s="4" t="s">
-        <v>2576</v>
+        <v>2578</v>
       </c>
       <c r="F1267" s="4"/>
       <c r="G1267" s="4"/>
       <c r="H1267" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1267" s="4" t="s">
-        <v>82</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1268">
       <c r="A1268" s="4">
-        <v>100557</v>
+        <v>100549</v>
       </c>
       <c r="B1268" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1268" s="4" t="s">
-        <v>2577</v>
+        <v>2579</v>
       </c>
       <c r="D1268" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1268" s="4" t="s">
-        <v>2578</v>
+        <v>2580</v>
       </c>
       <c r="F1268" s="4"/>
       <c r="G1268" s="4"/>
       <c r="H1268" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1268" s="4" t="s">
-        <v>82</v>
+        <v>842</v>
       </c>
     </row>
     <row r="1269">
       <c r="A1269" s="4">
-        <v>100534</v>
+        <v>101221</v>
       </c>
       <c r="B1269" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1269" s="4" t="s">
-        <v>2579</v>
+        <v>2581</v>
       </c>
       <c r="D1269" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1269" s="4" t="s">
-        <v>2580</v>
+        <v>2582</v>
       </c>
       <c r="F1269" s="4"/>
       <c r="G1269" s="4"/>
       <c r="H1269" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1269" s="4" t="s">
-        <v>82</v>
+        <v>22</v>
       </c>
     </row>
     <row r="1270">
       <c r="A1270" s="4">
-        <v>100542</v>
+        <v>100543</v>
       </c>
       <c r="B1270" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C1270" s="4" t="s">
-        <v>2581</v>
+        <v>2583</v>
       </c>
       <c r="D1270" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E1270" s="4" t="s">
-        <v>2582</v>
+        <v>2584</v>
       </c>
       <c r="F1270" s="4"/>
       <c r="G1270" s="4"/>
       <c r="H1270" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I1270" s="4" t="s">
-        <v>839</v>
+        <v>842</v>
+      </c>
+    </row>
+    <row r="1271">
+      <c r="A1271" s="4">
+        <v>100541</v>
+      </c>
+      <c r="B1271" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1271" s="4" t="s">
+        <v>2585</v>
+      </c>
+      <c r="D1271" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1271" s="4" t="s">
+        <v>2586</v>
+      </c>
+      <c r="F1271" s="4"/>
+      <c r="G1271" s="4"/>
+      <c r="H1271" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="I1271" s="4" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="1272">
+      <c r="A1272" s="4">
+        <v>100412</v>
+      </c>
+      <c r="B1272" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1272" s="4" t="s">
+        <v>2587</v>
+      </c>
+      <c r="D1272" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1272" s="4" t="s">
+        <v>2588</v>
+      </c>
+      <c r="F1272" s="4"/>
+      <c r="G1272" s="4"/>
+      <c r="H1272" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="I1272" s="4" t="s">
+        <v>842</v>
+      </c>
+    </row>
+    <row r="1273">
+      <c r="A1273" s="4">
+        <v>100413</v>
+      </c>
+      <c r="B1273" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1273" s="4" t="s">
+        <v>2589</v>
+      </c>
+      <c r="D1273" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1273" s="4" t="s">
+        <v>2590</v>
+      </c>
+      <c r="F1273" s="4"/>
+      <c r="G1273" s="4"/>
+      <c r="H1273" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="I1273" s="4" t="s">
+        <v>842</v>
+      </c>
+    </row>
+    <row r="1274">
+      <c r="A1274" s="4">
+        <v>100417</v>
+      </c>
+      <c r="B1274" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1274" s="4" t="s">
+        <v>2591</v>
+      </c>
+      <c r="D1274" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1274" s="4" t="s">
+        <v>2592</v>
+      </c>
+      <c r="F1274" s="4"/>
+      <c r="G1274" s="4"/>
+      <c r="H1274" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="I1274" s="4" t="s">
+        <v>842</v>
+      </c>
+    </row>
+    <row r="1275">
+      <c r="A1275" s="4">
+        <v>101282</v>
+      </c>
+      <c r="B1275" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1275" s="4" t="s">
+        <v>2593</v>
+      </c>
+      <c r="D1275" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1275" s="4" t="s">
+        <v>2594</v>
+      </c>
+      <c r="F1275" s="4"/>
+      <c r="G1275" s="4"/>
+      <c r="H1275" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="I1275" s="4" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="1276">
+      <c r="A1276" s="4">
+        <v>100545</v>
+      </c>
+      <c r="B1276" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1276" s="4" t="s">
+        <v>2595</v>
+      </c>
+      <c r="D1276" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1276" s="4" t="s">
+        <v>2596</v>
+      </c>
+      <c r="F1276" s="4"/>
+      <c r="G1276" s="4"/>
+      <c r="H1276" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="I1276" s="4" t="s">
+        <v>842</v>
+      </c>
+    </row>
+    <row r="1277">
+      <c r="A1277" s="4">
+        <v>100544</v>
+      </c>
+      <c r="B1277" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1277" s="4" t="s">
+        <v>2597</v>
+      </c>
+      <c r="D1277" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1277" s="4" t="s">
+        <v>2598</v>
+      </c>
+      <c r="F1277" s="4"/>
+      <c r="G1277" s="4"/>
+      <c r="H1277" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="I1277" s="4" t="s">
+        <v>842</v>
+      </c>
+    </row>
+    <row r="1278">
+      <c r="A1278" s="4">
+        <v>101283</v>
+      </c>
+      <c r="B1278" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1278" s="4" t="s">
+        <v>2599</v>
+      </c>
+      <c r="D1278" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1278" s="4" t="s">
+        <v>2600</v>
+      </c>
+      <c r="F1278" s="4"/>
+      <c r="G1278" s="4"/>
+      <c r="H1278" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="I1278" s="4" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="1279">
+      <c r="A1279" s="4">
+        <v>100558</v>
+      </c>
+      <c r="B1279" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1279" s="4" t="s">
+        <v>2601</v>
+      </c>
+      <c r="D1279" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1279" s="4" t="s">
+        <v>2602</v>
+      </c>
+      <c r="F1279" s="4"/>
+      <c r="G1279" s="4"/>
+      <c r="H1279" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="I1279" s="4" t="s">
+        <v>842</v>
+      </c>
+    </row>
+    <row r="1280">
+      <c r="A1280" s="4">
+        <v>100044</v>
+      </c>
+      <c r="B1280" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1280" s="4" t="s">
+        <v>2603</v>
+      </c>
+      <c r="D1280" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1280" s="4" t="s">
+        <v>2604</v>
+      </c>
+      <c r="F1280" s="4"/>
+      <c r="G1280" s="4"/>
+      <c r="H1280" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="I1280" s="4" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="1281">
+      <c r="A1281" s="4">
+        <v>101059</v>
+      </c>
+      <c r="B1281" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1281" s="4" t="s">
+        <v>2605</v>
+      </c>
+      <c r="D1281" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1281" s="4" t="s">
+        <v>2606</v>
+      </c>
+      <c r="F1281" s="4"/>
+      <c r="G1281" s="4"/>
+      <c r="H1281" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="I1281" s="4" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="1282">
+      <c r="A1282" s="4">
+        <v>100559</v>
+      </c>
+      <c r="B1282" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1282" s="4" t="s">
+        <v>2607</v>
+      </c>
+      <c r="D1282" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1282" s="4" t="s">
+        <v>2608</v>
+      </c>
+      <c r="F1282" s="4"/>
+      <c r="G1282" s="4"/>
+      <c r="H1282" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="I1282" s="4" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="1283">
+      <c r="A1283" s="4">
+        <v>100557</v>
+      </c>
+      <c r="B1283" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1283" s="4" t="s">
+        <v>2609</v>
+      </c>
+      <c r="D1283" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1283" s="4" t="s">
+        <v>2610</v>
+      </c>
+      <c r="F1283" s="4"/>
+      <c r="G1283" s="4"/>
+      <c r="H1283" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="I1283" s="4" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="1284">
+      <c r="A1284" s="4">
+        <v>100534</v>
+      </c>
+      <c r="B1284" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1284" s="4" t="s">
+        <v>2611</v>
+      </c>
+      <c r="D1284" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1284" s="4" t="s">
+        <v>2612</v>
+      </c>
+      <c r="F1284" s="4"/>
+      <c r="G1284" s="4"/>
+      <c r="H1284" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="I1284" s="4" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="1285">
+      <c r="A1285" s="4">
+        <v>100542</v>
+      </c>
+      <c r="B1285" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1285" s="4" t="s">
+        <v>2613</v>
+      </c>
+      <c r="D1285" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1285" s="4" t="s">
+        <v>2614</v>
+      </c>
+      <c r="F1285" s="4"/>
+      <c r="G1285" s="4"/>
+      <c r="H1285" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="I1285" s="4" t="s">
+        <v>842</v>
       </c>
     </row>
   </sheetData>
   <pageSetup usePrinterDefaults="0"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>FlexCel Studio for .NET</Application>
   <DocSecurity>0</DocSecurity>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">
       <vt:lpstr>Assessment Unit</vt:lpstr>